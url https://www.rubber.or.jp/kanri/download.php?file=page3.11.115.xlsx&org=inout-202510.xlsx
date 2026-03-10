--- v0 (2025-12-04)
+++ v1 (2026-03-10)
@@ -1,72 +1,72 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\全社共有\個人用フォルダ\中村\移動用\輸出\25出統計\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\全社共有\個人用フォルダ\中村\移動用\輸出\26出統計\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BFE852A7-2AD5-433A-A0D8-596BD4C70964}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1770C92E-BF2E-4E01-AF85-DAE59FABDB7E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="601" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="輸出の統計" sheetId="455" r:id="rId1"/>
-    <sheet name="輸入の統計" sheetId="456" r:id="rId2"/>
+    <sheet name="輸出の統計" sheetId="459" r:id="rId1"/>
+    <sheet name="輸入の統計" sheetId="460" r:id="rId2"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId3"/>
   </externalReferences>
   <definedNames>
     <definedName name="_11月">#REF!</definedName>
     <definedName name="_３分類１月" localSheetId="0">#REF!</definedName>
     <definedName name="_３分類１月">#REF!</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">輸出の統計!$A$1:$AK$35</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">輸出の統計!$A$1:$AK$36</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">輸入の統計!$A$1:$AN$36</definedName>
     <definedName name="在庫１月" localSheetId="0">#REF!</definedName>
     <definedName name="在庫１月">#REF!</definedName>
     <definedName name="出荷１月" localSheetId="0">#REF!</definedName>
     <definedName name="出荷１月">#REF!</definedName>
     <definedName name="生産１月" localSheetId="0">#REF!</definedName>
     <definedName name="生産１月">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="145" uniqueCount="70">
@@ -323,96 +323,70 @@
   <si>
     <t>ゴムホース</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>防　舷　材</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>ガスケット類</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>ゴム引布</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>そ　の　他</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>合　計</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>2021年計</t>
-[...2 lines deleted...]
-  <si>
     <t>2022年計</t>
     <phoneticPr fontId="1"/>
-  </si>
-[...9 lines deleted...]
-    <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>2023年計</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>2024年計</t>
     <rPh sb="5" eb="6">
       <t>ケイ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>2024年</t>
-[...2 lines deleted...]
-  <si>
     <t>2025年</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>2024年計</t>
-    <phoneticPr fontId="1"/>
-[...5 lines deleted...]
-    </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <r>
       <t>（注）１．財務省の貿易統計(</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="ＭＳ 明朝"/>
         <family val="1"/>
         <charset val="128"/>
       </rPr>
       <t>2025.11.13</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="明朝"/>
         <family val="1"/>
         <charset val="128"/>
       </rPr>
       <t>公表の確定による)をもとに日本ゴム工業会がまとめた。</t>
     </r>
     <rPh sb="24" eb="26">
@@ -433,50 +407,76 @@
     <r>
       <t>（注）１．財務省の貿易統計(2025.11.13</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="明朝"/>
         <family val="1"/>
         <charset val="128"/>
       </rPr>
       <t>公表の確定による)をもとに日本ゴム工業会がまとめた。</t>
     </r>
     <rPh sb="24" eb="26">
       <t>コウヒョウ</t>
     </rPh>
     <rPh sb="27" eb="28">
       <t>カク</t>
     </rPh>
     <rPh sb="28" eb="29">
       <t>テイ</t>
     </rPh>
     <rPh sb="35" eb="42">
       <t>ニホンゴムコウギョウカイ</t>
     </rPh>
     <phoneticPr fontId="0"/>
+  </si>
+  <si>
+    <t>2025年</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>2025年計</t>
+    <rPh sb="5" eb="6">
+      <t>ケイ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>2026年</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>累計</t>
+    <rPh sb="0" eb="2">
+      <t>ルイケイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>2025年計</t>
+    <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="176" formatCode="#,##0.0;[Red]\-#,##0.0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="ＭＳ 明朝"/>
@@ -1053,51 +1053,51 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="38" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="76">
+  <cellXfs count="77">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="38" fontId="2" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="2" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="2" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="2" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="2" fillId="2" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="2" fillId="2" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="8" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="2" fillId="0" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
@@ -1137,53 +1137,50 @@
     <xf numFmtId="176" fontId="8" fillId="0" borderId="21" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="8" fillId="0" borderId="27" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="2" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="7" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="8" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="2" fillId="2" borderId="9" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="8" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="10" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="9" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="42" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -1264,107 +1261,113 @@
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="2" fillId="0" borderId="33" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="32" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="2" fillId="0" borderId="32" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="34" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="2" fillId="0" borderId="35" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="2" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="20" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="36" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="17" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="桁区切り 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準_00出会議" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///Z:\&#20840;&#31038;&#20849;&#26377;\&#20491;&#20154;&#29992;&#12501;&#12457;&#12523;&#12480;\&#20013;&#26449;\&#31227;&#21205;&#29992;\&#36664;&#20986;\25&#20986;&#32113;&#35336;\2025&#20986;&#38598;&#35336;%20.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="2025&#20986;&#38598;&#35336;%20.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///Z:\&#20840;&#31038;&#20849;&#26377;\&#20491;&#20154;&#29992;&#12501;&#12457;&#12523;&#12480;\&#20013;&#26449;\&#31227;&#21205;&#29992;\&#36664;&#20986;\26&#20986;&#32113;&#35336;\2026&#20986;&#38598;&#35336;.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="2026&#20986;&#38598;&#35336;.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="月報用"/>
       <sheetName val="月出"/>
       <sheetName val="累出"/>
       <sheetName val="会議出"/>
       <sheetName val="品出"/>
-      <sheetName val="2501出"/>
-[...10 lines deleted...]
-      <sheetName val="2512出"/>
+      <sheetName val="2601出"/>
+      <sheetName val="2602出"/>
+      <sheetName val="2603出"/>
+      <sheetName val="2604出 "/>
+      <sheetName val="2605出"/>
+      <sheetName val="2606出 "/>
+      <sheetName val="2607出 "/>
+      <sheetName val="2608出 "/>
+      <sheetName val="2609出"/>
+      <sheetName val="2610出"/>
+      <sheetName val="2611出"/>
+      <sheetName val="2612出"/>
       <sheetName val="年間"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0"/>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
       <sheetData sheetId="5"/>
       <sheetData sheetId="6"/>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
       <sheetData sheetId="11"/>
       <sheetData sheetId="12"/>
       <sheetData sheetId="13"/>
       <sheetData sheetId="14"/>
       <sheetData sheetId="15"/>
       <sheetData sheetId="16"/>
       <sheetData sheetId="17"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
@@ -1641,7151 +1644,5840 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{484EB0BB-E42E-44ED-B194-A3F8B837C1E4}">
-  <dimension ref="A1:BV35"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{73D9FD68-E530-4FC2-B2BD-8618880AD151}">
+  <dimension ref="A1:BV36"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="75" zoomScaleNormal="100" workbookViewId="0">
-      <selection sqref="A1:AJ1"/>
+      <selection activeCell="AM9" sqref="AM9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5"/>
   <cols>
-    <col min="1" max="1" width="6.5" style="31" customWidth="1"/>
-[...61 lines deleted...]
-    <col min="93" max="16384" width="9" style="31"/>
+    <col min="1" max="1" width="6.5" style="30" customWidth="1"/>
+    <col min="2" max="2" width="4.875" style="30" customWidth="1"/>
+    <col min="3" max="3" width="9.5" style="30" customWidth="1"/>
+    <col min="4" max="4" width="6.5" style="30" customWidth="1"/>
+    <col min="5" max="5" width="7.625" style="30" customWidth="1"/>
+    <col min="6" max="6" width="6.5" style="30" customWidth="1"/>
+    <col min="7" max="7" width="9.5" style="30" customWidth="1"/>
+    <col min="8" max="8" width="6.5" style="30" customWidth="1"/>
+    <col min="9" max="9" width="9.5" style="30" customWidth="1"/>
+    <col min="10" max="10" width="6.5" style="30" customWidth="1"/>
+    <col min="11" max="11" width="8.5" style="30" customWidth="1"/>
+    <col min="12" max="12" width="6.5" style="30" customWidth="1"/>
+    <col min="13" max="13" width="8.5" style="30" customWidth="1"/>
+    <col min="14" max="14" width="6.5" style="30" customWidth="1"/>
+    <col min="15" max="15" width="8.5" style="30" customWidth="1"/>
+    <col min="16" max="16" width="6.5" style="30" customWidth="1"/>
+    <col min="17" max="17" width="8.5" style="30" customWidth="1"/>
+    <col min="18" max="18" width="8" style="30" customWidth="1"/>
+    <col min="19" max="19" width="8.5" style="30" customWidth="1"/>
+    <col min="20" max="20" width="6.5" style="30" customWidth="1"/>
+    <col min="21" max="21" width="8.5" style="30" customWidth="1"/>
+    <col min="22" max="22" width="6.5" style="30" customWidth="1"/>
+    <col min="23" max="23" width="8.5" style="30" customWidth="1"/>
+    <col min="24" max="24" width="6.5" style="30" customWidth="1"/>
+    <col min="25" max="25" width="8.5" style="30" customWidth="1"/>
+    <col min="26" max="26" width="6.5" style="30" customWidth="1"/>
+    <col min="27" max="27" width="8.5" style="30" customWidth="1"/>
+    <col min="28" max="28" width="6.5" style="30" customWidth="1"/>
+    <col min="29" max="29" width="7.75" style="30" customWidth="1"/>
+    <col min="30" max="30" width="6.5" style="30" customWidth="1"/>
+    <col min="31" max="31" width="8.5" style="30" customWidth="1"/>
+    <col min="32" max="32" width="6.5" style="30" customWidth="1"/>
+    <col min="33" max="33" width="9.5" style="30" customWidth="1"/>
+    <col min="34" max="34" width="6.5" style="30" customWidth="1"/>
+    <col min="35" max="35" width="11.875" style="30" customWidth="1"/>
+    <col min="36" max="36" width="6.5" style="30" customWidth="1"/>
+    <col min="37" max="37" width="9.125" style="30" customWidth="1"/>
+    <col min="38" max="38" width="10.75" style="30" customWidth="1"/>
+    <col min="39" max="39" width="7.5" style="30" bestFit="1" customWidth="1"/>
+    <col min="40" max="40" width="10.75" style="30" customWidth="1"/>
+    <col min="41" max="41" width="7.5" style="30" bestFit="1" customWidth="1"/>
+    <col min="42" max="42" width="10.75" style="30" customWidth="1"/>
+    <col min="43" max="43" width="7.5" style="30" bestFit="1" customWidth="1"/>
+    <col min="44" max="44" width="9.75" style="30" customWidth="1"/>
+    <col min="45" max="45" width="7.5" style="30" customWidth="1"/>
+    <col min="46" max="46" width="10.625" style="30" customWidth="1"/>
+    <col min="47" max="47" width="7.5" style="30" customWidth="1"/>
+    <col min="48" max="48" width="10.625" style="30" customWidth="1"/>
+    <col min="49" max="49" width="7.5" style="30" customWidth="1"/>
+    <col min="50" max="50" width="10.625" style="30" customWidth="1"/>
+    <col min="51" max="51" width="7.5" style="30" customWidth="1"/>
+    <col min="52" max="52" width="10.625" style="30" customWidth="1"/>
+    <col min="53" max="53" width="7.5" style="30" customWidth="1"/>
+    <col min="54" max="54" width="10.625" style="30" customWidth="1"/>
+    <col min="55" max="55" width="7.5" style="30" customWidth="1"/>
+    <col min="56" max="67" width="9.625" style="30" customWidth="1"/>
+    <col min="68" max="70" width="12.625" style="30" customWidth="1"/>
+    <col min="71" max="71" width="10.625" style="30" customWidth="1"/>
+    <col min="72" max="72" width="12.625" style="30" customWidth="1"/>
+    <col min="73" max="73" width="10.625" style="30" customWidth="1"/>
+    <col min="74" max="75" width="12.625" style="30" customWidth="1"/>
+    <col min="76" max="92" width="10.625" style="30" customWidth="1"/>
+    <col min="93" max="16384" width="9" style="30"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:74" ht="27.75" customHeight="1">
-      <c r="A1" s="32" t="s">
+      <c r="A1" s="31" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="32"/>
-[...34 lines deleted...]
-      <c r="BV1" s="33"/>
+      <c r="B1" s="31"/>
+      <c r="C1" s="31"/>
+      <c r="D1" s="31"/>
+      <c r="E1" s="31"/>
+      <c r="F1" s="31"/>
+      <c r="G1" s="31"/>
+      <c r="H1" s="31"/>
+      <c r="I1" s="31"/>
+      <c r="J1" s="31"/>
+      <c r="K1" s="31"/>
+      <c r="L1" s="31"/>
+      <c r="M1" s="31"/>
+      <c r="N1" s="31"/>
+      <c r="O1" s="31"/>
+      <c r="P1" s="31"/>
+      <c r="Q1" s="31"/>
+      <c r="R1" s="31"/>
+      <c r="S1" s="31"/>
+      <c r="T1" s="31"/>
+      <c r="U1" s="31"/>
+      <c r="V1" s="31"/>
+      <c r="W1" s="31"/>
+      <c r="X1" s="31"/>
+      <c r="Y1" s="31"/>
+      <c r="Z1" s="31"/>
+      <c r="AA1" s="31"/>
+      <c r="AB1" s="31"/>
+      <c r="AC1" s="31"/>
+      <c r="AD1" s="31"/>
+      <c r="AE1" s="31"/>
+      <c r="AF1" s="31"/>
+      <c r="AG1" s="31"/>
+      <c r="AH1" s="31"/>
+      <c r="AI1" s="31"/>
+      <c r="AJ1" s="31"/>
+      <c r="BV1" s="32"/>
     </row>
     <row r="2" spans="1:74" ht="18" customHeight="1">
-      <c r="A2" s="34"/>
-      <c r="AJ2" s="35" t="s">
+      <c r="A2" s="33"/>
+      <c r="AJ2" s="34" t="s">
         <v>14</v>
       </c>
-      <c r="BV2" s="33"/>
+      <c r="BV2" s="32"/>
     </row>
     <row r="3" spans="1:74" ht="24.95" customHeight="1">
-      <c r="A3" s="36"/>
-[...1 lines deleted...]
-      <c r="C3" s="38" t="s">
+      <c r="A3" s="35"/>
+      <c r="B3" s="36"/>
+      <c r="C3" s="37" t="s">
         <v>46</v>
       </c>
-      <c r="D3" s="39"/>
-      <c r="E3" s="38" t="s">
+      <c r="D3" s="38"/>
+      <c r="E3" s="37" t="s">
         <v>47</v>
       </c>
-      <c r="F3" s="40"/>
-      <c r="G3" s="38" t="s">
+      <c r="F3" s="39"/>
+      <c r="G3" s="37" t="s">
         <v>48</v>
       </c>
-      <c r="H3" s="40"/>
-      <c r="I3" s="41" t="s">
+      <c r="H3" s="39"/>
+      <c r="I3" s="40" t="s">
         <v>49</v>
       </c>
-      <c r="J3" s="42"/>
-      <c r="K3" s="41" t="s">
+      <c r="J3" s="41"/>
+      <c r="K3" s="40" t="s">
         <v>50</v>
       </c>
-      <c r="L3" s="39"/>
-      <c r="M3" s="38" t="s">
+      <c r="L3" s="38"/>
+      <c r="M3" s="37" t="s">
         <v>51</v>
       </c>
-      <c r="N3" s="39"/>
-      <c r="O3" s="38" t="s">
+      <c r="N3" s="38"/>
+      <c r="O3" s="37" t="s">
         <v>52</v>
       </c>
-      <c r="P3" s="40"/>
-      <c r="Q3" s="38" t="s">
+      <c r="P3" s="39"/>
+      <c r="Q3" s="37" t="s">
         <v>53</v>
       </c>
-      <c r="R3" s="39"/>
-      <c r="S3" s="43" t="s">
+      <c r="R3" s="38"/>
+      <c r="S3" s="42" t="s">
         <v>1</v>
       </c>
-      <c r="T3" s="44"/>
-      <c r="U3" s="38" t="s">
+      <c r="T3" s="43"/>
+      <c r="U3" s="37" t="s">
         <v>54</v>
       </c>
-      <c r="V3" s="39"/>
-      <c r="W3" s="38" t="s">
+      <c r="V3" s="38"/>
+      <c r="W3" s="37" t="s">
         <v>55</v>
       </c>
-      <c r="X3" s="39"/>
-      <c r="Y3" s="38" t="s">
+      <c r="X3" s="38"/>
+      <c r="Y3" s="37" t="s">
         <v>15</v>
       </c>
-      <c r="Z3" s="40"/>
-      <c r="AA3" s="38" t="s">
+      <c r="Z3" s="39"/>
+      <c r="AA3" s="37" t="s">
         <v>16</v>
       </c>
-      <c r="AB3" s="39"/>
-      <c r="AC3" s="45" t="s">
+      <c r="AB3" s="38"/>
+      <c r="AC3" s="44" t="s">
         <v>2</v>
       </c>
-      <c r="AD3" s="46"/>
-      <c r="AE3" s="38" t="s">
+      <c r="AD3" s="45"/>
+      <c r="AE3" s="37" t="s">
         <v>17</v>
       </c>
-      <c r="AF3" s="39"/>
-      <c r="AG3" s="38" t="s">
+      <c r="AF3" s="38"/>
+      <c r="AG3" s="37" t="s">
         <v>56</v>
       </c>
-      <c r="AH3" s="40"/>
-      <c r="AI3" s="47" t="s">
+      <c r="AH3" s="39"/>
+      <c r="AI3" s="46" t="s">
         <v>57</v>
       </c>
-      <c r="AJ3" s="48"/>
-      <c r="AK3" s="49" t="s">
+      <c r="AJ3" s="47"/>
+      <c r="AK3" s="48" t="s">
         <v>18</v>
       </c>
-      <c r="AL3" s="50"/>
-      <c r="BV3" s="33"/>
+      <c r="AL3" s="49"/>
+      <c r="BV3" s="32"/>
     </row>
     <row r="4" spans="1:74" ht="22.5">
-      <c r="A4" s="51"/>
-[...2 lines deleted...]
-      <c r="D4" s="54" t="s">
+      <c r="A4" s="50"/>
+      <c r="B4" s="51"/>
+      <c r="C4" s="52"/>
+      <c r="D4" s="53" t="s">
         <v>19</v>
       </c>
-      <c r="E4" s="55"/>
-      <c r="F4" s="54" t="s">
+      <c r="E4" s="54"/>
+      <c r="F4" s="53" t="s">
         <v>19</v>
       </c>
-      <c r="G4" s="55"/>
-      <c r="H4" s="56" t="s">
+      <c r="G4" s="54"/>
+      <c r="H4" s="55" t="s">
         <v>19</v>
       </c>
-      <c r="I4" s="57"/>
-      <c r="J4" s="58" t="s">
+      <c r="I4" s="56"/>
+      <c r="J4" s="57" t="s">
         <v>19</v>
       </c>
-      <c r="K4" s="57"/>
-      <c r="L4" s="54" t="s">
+      <c r="K4" s="56"/>
+      <c r="L4" s="53" t="s">
         <v>19</v>
       </c>
-      <c r="M4" s="55"/>
-      <c r="N4" s="54" t="s">
+      <c r="M4" s="54"/>
+      <c r="N4" s="53" t="s">
         <v>19</v>
       </c>
-      <c r="O4" s="55"/>
-      <c r="P4" s="54" t="s">
+      <c r="O4" s="54"/>
+      <c r="P4" s="53" t="s">
         <v>19</v>
       </c>
-      <c r="Q4" s="55"/>
-      <c r="R4" s="54" t="s">
+      <c r="Q4" s="54"/>
+      <c r="R4" s="53" t="s">
         <v>19</v>
       </c>
-      <c r="S4" s="55"/>
-      <c r="T4" s="54" t="s">
+      <c r="S4" s="54"/>
+      <c r="T4" s="53" t="s">
         <v>19</v>
       </c>
-      <c r="U4" s="55"/>
-      <c r="V4" s="54" t="s">
+      <c r="U4" s="54"/>
+      <c r="V4" s="53" t="s">
         <v>19</v>
       </c>
-      <c r="W4" s="55"/>
-      <c r="X4" s="54" t="s">
+      <c r="W4" s="54"/>
+      <c r="X4" s="53" t="s">
         <v>19</v>
       </c>
-      <c r="Y4" s="55"/>
-      <c r="Z4" s="54" t="s">
+      <c r="Y4" s="54"/>
+      <c r="Z4" s="53" t="s">
         <v>19</v>
       </c>
-      <c r="AA4" s="55"/>
-      <c r="AB4" s="54" t="s">
+      <c r="AA4" s="54"/>
+      <c r="AB4" s="53" t="s">
         <v>19</v>
       </c>
-      <c r="AC4" s="55"/>
-      <c r="AD4" s="54" t="s">
+      <c r="AC4" s="54"/>
+      <c r="AD4" s="53" t="s">
         <v>19</v>
       </c>
-      <c r="AE4" s="55"/>
-      <c r="AF4" s="54" t="s">
+      <c r="AE4" s="54"/>
+      <c r="AF4" s="53" t="s">
         <v>19</v>
       </c>
-      <c r="AG4" s="55"/>
-      <c r="AH4" s="56" t="s">
+      <c r="AG4" s="54"/>
+      <c r="AH4" s="55" t="s">
         <v>19</v>
       </c>
-      <c r="AI4" s="57"/>
-      <c r="AJ4" s="59" t="s">
+      <c r="AI4" s="56"/>
+      <c r="AJ4" s="58" t="s">
         <v>19</v>
       </c>
-      <c r="AK4" s="60" t="s">
+      <c r="AK4" s="59" t="s">
         <v>20</v>
       </c>
-      <c r="AL4" s="50"/>
-      <c r="BV4" s="33"/>
+      <c r="AL4" s="49"/>
+      <c r="BV4" s="32"/>
     </row>
     <row r="5" spans="1:74" ht="24.75" customHeight="1">
       <c r="A5" s="22" t="s">
         <v>58</v>
       </c>
       <c r="B5" s="23"/>
       <c r="C5" s="1">
-        <v>543293.27</v>
+        <v>696926.34199999995</v>
       </c>
       <c r="D5" s="2">
-        <v>128.04897567964645</v>
+        <v>128.27811064179019</v>
       </c>
       <c r="E5" s="1">
-        <v>963.64800000000002</v>
+        <v>1054.4880000000001</v>
       </c>
       <c r="F5" s="2">
-        <v>134.01552310873825</v>
+        <v>109.42667862123929</v>
       </c>
       <c r="G5" s="1">
-        <v>18212.618999999999</v>
+        <v>27725.236000000001</v>
       </c>
       <c r="H5" s="3">
-        <v>97.485153716958166</v>
+        <v>152.23091198470686</v>
       </c>
       <c r="I5" s="4">
-        <v>562469.53700000001</v>
+        <v>725706.06599999999</v>
       </c>
       <c r="J5" s="5">
-        <v>126.77168591698116</v>
+        <v>129.0213990735644</v>
       </c>
       <c r="K5" s="4">
-        <v>9498.357</v>
+        <v>10088.699000000001</v>
       </c>
       <c r="L5" s="2">
-        <v>142.08054159102684</v>
+        <v>106.21520121848442</v>
       </c>
       <c r="M5" s="1">
-        <v>40570.300000000003</v>
+        <v>45890.163</v>
       </c>
       <c r="N5" s="2">
-        <v>136.74764660624646</v>
+        <v>113.112703135052</v>
       </c>
       <c r="O5" s="1">
-        <v>46109.023000000001</v>
+        <v>52948.661</v>
       </c>
       <c r="P5" s="2">
-        <v>129.63246772003035</v>
+        <v>114.83362161024317</v>
       </c>
       <c r="Q5" s="1">
-        <v>1315.0820000000001</v>
+        <v>1026.6010000000001</v>
       </c>
       <c r="R5" s="2">
-        <v>144.6262332329261</v>
+        <v>78.063649262935698</v>
       </c>
       <c r="S5" s="1">
-        <v>11981.429</v>
+        <v>14984.284</v>
       </c>
       <c r="T5" s="2">
-        <v>121.55995168618952</v>
+        <v>125.06257809481657</v>
       </c>
       <c r="U5" s="1">
-        <v>91519.471000000005</v>
+        <v>93553.724000000002</v>
       </c>
       <c r="V5" s="2">
-        <v>126.03825820345169</v>
+        <v>102.22275432514245</v>
       </c>
       <c r="W5" s="1">
-        <v>4158.3559999999998</v>
+        <v>4284.1369999999997</v>
       </c>
       <c r="X5" s="2">
-        <v>138.86478572974244</v>
+        <v>103.02477709941141</v>
       </c>
       <c r="Y5" s="1">
-        <v>4913.5349999999999</v>
+        <v>5260.4769999999999</v>
       </c>
       <c r="Z5" s="2">
-        <v>108.38365356300312</v>
+        <v>107.06094492051039</v>
       </c>
       <c r="AA5" s="1">
-        <v>2467.0520000000001</v>
+        <v>3129.61</v>
       </c>
       <c r="AB5" s="2">
-        <v>127.90433144306432</v>
+        <v>126.85626407550387</v>
       </c>
       <c r="AC5" s="1">
-        <v>238.90100000000001</v>
+        <v>300.34300000000002</v>
       </c>
       <c r="AD5" s="2">
-        <v>83.829030197974646</v>
+        <v>125.71860310337755</v>
       </c>
       <c r="AE5" s="1">
-        <v>6582.4139999999998</v>
+        <v>7264.61</v>
       </c>
       <c r="AF5" s="2">
-        <v>121.85248557327321</v>
+        <v>110.36391816133109</v>
       </c>
       <c r="AG5" s="1">
-        <v>94850.524000000005</v>
+        <v>104808.712</v>
       </c>
       <c r="AH5" s="3">
-        <v>118.48832369916779</v>
+        <v>110.49882233650075</v>
       </c>
       <c r="AI5" s="4">
-        <v>876673.98100000003</v>
+        <v>1069246.0870000001</v>
       </c>
       <c r="AJ5" s="6">
-        <v>126.28883325993829</v>
+        <v>121.96621665220837</v>
       </c>
       <c r="AK5" s="24">
-        <v>109.89</v>
-[...1 lines deleted...]
-      <c r="BV5" s="33"/>
+        <v>131.57</v>
+      </c>
+      <c r="BV5" s="32"/>
     </row>
     <row r="6" spans="1:74" ht="24.95" customHeight="1">
       <c r="A6" s="22" t="s">
         <v>59</v>
       </c>
       <c r="B6" s="25"/>
       <c r="C6" s="1">
-        <v>696926.34199999995</v>
+        <v>757051.18200000003</v>
       </c>
       <c r="D6" s="2">
-        <v>128.27811064179019</v>
+        <v>108.62714412938634</v>
       </c>
       <c r="E6" s="1">
-        <v>1054.4880000000001</v>
+        <v>732.76099999999997</v>
       </c>
       <c r="F6" s="2">
-        <v>109.42667862123929</v>
+        <v>69.48974288944018</v>
       </c>
       <c r="G6" s="1">
-        <v>27725.236000000001</v>
+        <v>36521.15</v>
       </c>
       <c r="H6" s="3">
-        <v>152.23091198470686</v>
+        <v>131.72529892982695</v>
       </c>
       <c r="I6" s="4">
-        <v>725706.06599999999</v>
+        <v>794305.09299999999</v>
       </c>
       <c r="J6" s="5">
-        <v>129.0213990735644</v>
+        <v>109.45272889588881</v>
       </c>
       <c r="K6" s="4">
-        <v>10088.699000000001</v>
+        <v>11338.883</v>
       </c>
       <c r="L6" s="2">
-        <v>106.21520121848442</v>
+        <v>112.39192486563432</v>
       </c>
       <c r="M6" s="1">
-        <v>45890.163</v>
+        <v>45667.98</v>
       </c>
       <c r="N6" s="2">
-        <v>113.112703135052</v>
+        <v>99.51583741378299</v>
       </c>
       <c r="O6" s="1">
-        <v>52948.661</v>
+        <v>53444.83</v>
       </c>
       <c r="P6" s="2">
-        <v>114.83362161024317</v>
+        <v>100.93707563256416</v>
       </c>
       <c r="Q6" s="1">
-        <v>1026.6010000000001</v>
+        <v>1333.337</v>
       </c>
       <c r="R6" s="2">
-        <v>78.063649262935698</v>
+        <v>129.87879419560278</v>
       </c>
       <c r="S6" s="1">
-        <v>14984.284</v>
+        <v>16251.916999999999</v>
       </c>
       <c r="T6" s="2">
-        <v>125.06257809481657</v>
+        <v>108.45975022897323</v>
       </c>
       <c r="U6" s="1">
-        <v>93553.724000000002</v>
+        <v>89650.392999999996</v>
       </c>
       <c r="V6" s="2">
-        <v>102.22275432514245</v>
+        <v>95.827711786224569</v>
       </c>
       <c r="W6" s="1">
-        <v>4284.1369999999997</v>
+        <v>3971.65</v>
       </c>
       <c r="X6" s="2">
-        <v>103.02477709941141</v>
+        <v>92.705952213946475</v>
       </c>
       <c r="Y6" s="1">
-        <v>5260.4769999999999</v>
+        <v>6045.1869999999999</v>
       </c>
       <c r="Z6" s="2">
-        <v>107.06094492051039</v>
+        <v>114.91708831727617</v>
       </c>
       <c r="AA6" s="1">
-        <v>3129.61</v>
+        <v>4177.9170000000004</v>
       </c>
       <c r="AB6" s="2">
-        <v>126.85626407550387</v>
+        <v>133.49641009582663</v>
       </c>
       <c r="AC6" s="1">
-        <v>300.34300000000002</v>
+        <v>273.54300000000001</v>
       </c>
       <c r="AD6" s="2">
-        <v>125.71860310337755</v>
+        <v>91.076868780028164</v>
       </c>
       <c r="AE6" s="1">
-        <v>7264.61</v>
+        <v>5642.6819999999998</v>
       </c>
       <c r="AF6" s="2">
-        <v>110.36391816133109</v>
+        <v>77.673570914336764</v>
       </c>
       <c r="AG6" s="1">
-        <v>104808.712</v>
+        <v>106574.768</v>
       </c>
       <c r="AH6" s="3">
-        <v>110.49882233650075</v>
+        <v>101.68502786295093</v>
       </c>
       <c r="AI6" s="4">
-        <v>1069246.0870000001</v>
+        <v>1138678.18</v>
       </c>
       <c r="AJ6" s="6">
-        <v>121.96621665220837</v>
+        <v>106.49355595911571</v>
       </c>
       <c r="AK6" s="26">
-        <v>131.57</v>
-[...1 lines deleted...]
-      <c r="BV6" s="33"/>
+        <v>140.59</v>
+      </c>
+      <c r="BV6" s="32"/>
     </row>
     <row r="7" spans="1:74" ht="24.95" customHeight="1">
       <c r="A7" s="22" t="s">
         <v>60</v>
       </c>
       <c r="B7" s="25"/>
       <c r="C7" s="1">
-        <v>757051.18200000003</v>
+        <v>759971.41</v>
       </c>
       <c r="D7" s="2">
-        <v>108.62714412938634</v>
+        <v>100.38573719577127</v>
       </c>
       <c r="E7" s="1">
-        <v>732.76099999999997</v>
+        <v>772.96</v>
       </c>
       <c r="F7" s="2">
-        <v>69.48974288944018</v>
+        <v>105.48596336322484</v>
       </c>
       <c r="G7" s="1">
-        <v>36521.15</v>
+        <v>39752.853000000003</v>
       </c>
       <c r="H7" s="3">
-        <v>131.72529892982695</v>
+        <v>108.84885333566987</v>
       </c>
       <c r="I7" s="4">
-        <v>794305.09299999999</v>
+        <v>800497.223</v>
       </c>
       <c r="J7" s="5">
-        <v>109.45272889588881</v>
+        <v>100.77956569265002</v>
       </c>
       <c r="K7" s="4">
-        <v>11338.883</v>
+        <v>11212.481</v>
       </c>
       <c r="L7" s="2">
-        <v>112.39192486563432</v>
+        <v>98.885234109920702</v>
       </c>
       <c r="M7" s="1">
-        <v>45667.98</v>
+        <v>48345.245000000003</v>
       </c>
       <c r="N7" s="2">
-        <v>99.51583741378299</v>
+        <v>105.86245548850638</v>
       </c>
       <c r="O7" s="1">
-        <v>53444.83</v>
+        <v>59416.339</v>
       </c>
       <c r="P7" s="2">
-        <v>100.93707563256416</v>
+        <v>111.17322105805184</v>
       </c>
       <c r="Q7" s="1">
-        <v>1333.337</v>
+        <v>1441.2829999999999</v>
       </c>
       <c r="R7" s="2">
-        <v>129.87879419560278</v>
+        <v>108.09592773619872</v>
       </c>
       <c r="S7" s="1">
-        <v>16251.916999999999</v>
+        <v>15238.370999999999</v>
       </c>
       <c r="T7" s="2">
-        <v>108.45975022897323</v>
+        <v>93.763529557774632</v>
       </c>
       <c r="U7" s="1">
-        <v>89650.392999999996</v>
+        <v>95645.551999999996</v>
       </c>
       <c r="V7" s="2">
-        <v>95.827711786224569</v>
+        <v>106.68726460574467</v>
       </c>
       <c r="W7" s="1">
-        <v>3971.65</v>
+        <v>4688.527</v>
       </c>
       <c r="X7" s="2">
-        <v>92.705952213946475</v>
+        <v>118.04985333551548</v>
       </c>
       <c r="Y7" s="1">
-        <v>6045.1869999999999</v>
+        <v>6149.1610000000001</v>
       </c>
       <c r="Z7" s="2">
-        <v>114.91708831727617</v>
+        <v>101.7199467940363</v>
       </c>
       <c r="AA7" s="1">
-        <v>4177.9170000000004</v>
+        <v>4066.145</v>
       </c>
       <c r="AB7" s="2">
-        <v>133.49641009582663</v>
+        <v>97.324695536076945</v>
       </c>
       <c r="AC7" s="1">
-        <v>273.54300000000001</v>
+        <v>267.14499999999998</v>
       </c>
       <c r="AD7" s="2">
-        <v>91.076868780028164</v>
+        <v>97.661062428941705</v>
       </c>
       <c r="AE7" s="1">
-        <v>5642.6819999999998</v>
+        <v>5732.6189999999997</v>
       </c>
       <c r="AF7" s="2">
-        <v>77.673570914336764</v>
+        <v>101.5938697236527</v>
       </c>
       <c r="AG7" s="1">
-        <v>106574.768</v>
+        <v>112544.70600000001</v>
       </c>
       <c r="AH7" s="3">
-        <v>101.68502786295093</v>
+        <v>105.60164297050123</v>
       </c>
       <c r="AI7" s="4">
-        <v>1138678.18</v>
+        <v>1165244.797</v>
       </c>
       <c r="AJ7" s="6">
-        <v>106.49355595911571</v>
+        <v>102.33311022083518</v>
       </c>
       <c r="AK7" s="26">
-        <v>140.59</v>
-[...1 lines deleted...]
-      <c r="BV7" s="33"/>
+        <v>151.59</v>
+      </c>
+      <c r="BV7" s="32"/>
     </row>
     <row r="8" spans="1:74" ht="24.95" customHeight="1">
-      <c r="A8" s="51" t="s">
-[...2 lines deleted...]
-      <c r="B8" s="35" t="s">
+      <c r="A8" s="50" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" s="34" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="8">
-        <v>50140.567000000003</v>
+        <v>48443.35</v>
       </c>
       <c r="D8" s="9">
-        <v>92.251492165730895</v>
+        <v>96.615082154934555</v>
       </c>
       <c r="E8" s="8">
-        <v>31.093</v>
+        <v>39.023000000000003</v>
       </c>
       <c r="F8" s="9">
-        <v>47.646265591958077</v>
+        <v>125.50413276300132</v>
       </c>
       <c r="G8" s="8">
-        <v>2473.442</v>
+        <v>2782.08</v>
       </c>
       <c r="H8" s="10">
-        <v>135.33722109810932</v>
+        <v>112.47807710874159</v>
       </c>
       <c r="I8" s="11">
-        <v>52645.101999999999</v>
+        <v>51264.453000000001</v>
       </c>
       <c r="J8" s="12">
-        <v>93.599760518778311</v>
+        <v>97.377440735132396</v>
       </c>
       <c r="K8" s="11">
-        <v>828.24099999999999</v>
+        <v>690.46299999999997</v>
       </c>
       <c r="L8" s="9">
-        <v>141.24308911755577</v>
+        <v>83.364986761099729</v>
       </c>
       <c r="M8" s="8">
-        <v>3324.34</v>
+        <v>3394.1379999999999</v>
       </c>
       <c r="N8" s="9">
-        <v>117.11228665479223</v>
+        <v>102.09960473357118</v>
       </c>
       <c r="O8" s="8">
-        <v>4269.0129999999999</v>
+        <v>3972.317</v>
       </c>
       <c r="P8" s="9">
-        <v>138.70001218373065</v>
+        <v>93.050009451833489</v>
       </c>
       <c r="Q8" s="8">
-        <v>95.343000000000004</v>
+        <v>44.067999999999998</v>
       </c>
       <c r="R8" s="9">
-        <v>282.61501067109316</v>
+        <v>46.220488132322245</v>
       </c>
       <c r="S8" s="8">
-        <v>1105.1010000000001</v>
+        <v>939.93899999999996</v>
       </c>
       <c r="T8" s="9">
-        <v>131.75665042015203</v>
+        <v>85.054578721763903</v>
       </c>
       <c r="U8" s="8">
-        <v>6264.4369999999999</v>
+        <v>6555.4830000000002</v>
       </c>
       <c r="V8" s="9">
-        <v>107.93333961637062</v>
+        <v>104.64600410220424</v>
       </c>
       <c r="W8" s="8">
-        <v>247.113</v>
+        <v>307.36500000000001</v>
       </c>
       <c r="X8" s="9">
-        <v>105.71679144385027</v>
+        <v>124.38236758082336</v>
       </c>
       <c r="Y8" s="8">
-        <v>349.25099999999998</v>
+        <v>404.125</v>
       </c>
       <c r="Z8" s="9">
-        <v>84.665882837783784</v>
+        <v>115.71190919997365</v>
       </c>
       <c r="AA8" s="8">
-        <v>353.541</v>
+        <v>338.61599999999999</v>
       </c>
       <c r="AB8" s="9">
-        <v>99.583123251863967</v>
+        <v>95.778424567447615</v>
       </c>
       <c r="AC8" s="8">
-        <v>18.497</v>
+        <v>15.927</v>
       </c>
       <c r="AD8" s="9">
-        <v>158.0534905579766</v>
+        <v>86.10585500351408</v>
       </c>
       <c r="AE8" s="8">
-        <v>374.64600000000002</v>
+        <v>309.78699999999998</v>
       </c>
       <c r="AF8" s="9">
-        <v>100.03364306312079</v>
+        <v>82.6879240669859</v>
       </c>
       <c r="AG8" s="8">
-        <v>7381.2359999999999</v>
+        <v>7984.9979999999996</v>
       </c>
       <c r="AH8" s="10">
-        <v>104.97624990062349</v>
+        <v>108.17968697925389</v>
       </c>
       <c r="AI8" s="11">
-        <v>77255.861000000004</v>
+        <v>76221.679000000004</v>
       </c>
       <c r="AJ8" s="13">
-        <v>99.245641330442268</v>
-[...4 lines deleted...]
-      <c r="BV8" s="33"/>
+        <v>98.661354638193728</v>
+      </c>
+      <c r="AK8" s="60">
+        <v>156.49</v>
+      </c>
+      <c r="BV8" s="32"/>
     </row>
     <row r="9" spans="1:74" ht="24.95" customHeight="1">
-      <c r="A9" s="62"/>
-      <c r="B9" s="63" t="s">
+      <c r="A9" s="61"/>
+      <c r="B9" s="62" t="s">
         <v>3</v>
       </c>
       <c r="C9" s="14">
-        <v>63828.631999999998</v>
+        <v>67599.991999999998</v>
       </c>
       <c r="D9" s="15">
-        <v>111.87005451201246</v>
+        <v>105.90857093725587</v>
       </c>
       <c r="E9" s="14">
-        <v>34.268999999999998</v>
+        <v>99.070999999999998</v>
       </c>
       <c r="F9" s="15">
-        <v>38.859469082744624</v>
+        <v>289.09801861740931</v>
       </c>
       <c r="G9" s="14">
-        <v>3376.732</v>
+        <v>3398.6410000000001</v>
       </c>
       <c r="H9" s="16">
-        <v>126.32194038717361</v>
+        <v>100.64882258941485</v>
       </c>
       <c r="I9" s="17">
-        <v>67239.633000000002</v>
+        <v>71097.703999999998</v>
       </c>
       <c r="J9" s="18">
-        <v>112.40824255156335</v>
+        <v>105.73779306618167</v>
       </c>
       <c r="K9" s="17">
-        <v>671.36699999999996</v>
+        <v>941.46600000000001</v>
       </c>
       <c r="L9" s="15">
-        <v>58.818989111731788</v>
+        <v>140.23119992492929</v>
       </c>
       <c r="M9" s="14">
-        <v>3656.2779999999998</v>
+        <v>3746.4290000000001</v>
       </c>
       <c r="N9" s="15">
-        <v>111.51248350771593</v>
+        <v>102.46564949382953</v>
       </c>
       <c r="O9" s="14">
-        <v>4945.2550000000001</v>
+        <v>4898.1549999999997</v>
       </c>
       <c r="P9" s="15">
-        <v>116.24212467894029</v>
+        <v>99.047571864342686</v>
       </c>
       <c r="Q9" s="14">
-        <v>72.787000000000006</v>
+        <v>56.936</v>
       </c>
       <c r="R9" s="15">
-        <v>92.505464897564949</v>
+        <v>78.222759558712411</v>
       </c>
       <c r="S9" s="14">
-        <v>1019.612</v>
+        <v>1426.681</v>
       </c>
       <c r="T9" s="15">
-        <v>73.981532406809464</v>
+        <v>139.9239122332809</v>
       </c>
       <c r="U9" s="14">
-        <v>7370.9089999999997</v>
+        <v>8105.8950000000004</v>
       </c>
       <c r="V9" s="15">
-        <v>105.73420408172633</v>
+        <v>109.97144314222302</v>
       </c>
       <c r="W9" s="14">
-        <v>457.68400000000003</v>
+        <v>394.74299999999999</v>
       </c>
       <c r="X9" s="15">
-        <v>148.50949916446291</v>
+        <v>86.247935256639948</v>
       </c>
       <c r="Y9" s="14">
-        <v>526.13599999999997</v>
+        <v>495.64400000000001</v>
       </c>
       <c r="Z9" s="15">
-        <v>120.22228518677622</v>
+        <v>94.204540270956556</v>
       </c>
       <c r="AA9" s="14">
-        <v>448.43599999999998</v>
+        <v>362.43799999999999</v>
       </c>
       <c r="AB9" s="15">
-        <v>130.32293313493909</v>
+        <v>80.822681497471223</v>
       </c>
       <c r="AC9" s="14">
-        <v>18.318999999999999</v>
+        <v>24.529</v>
       </c>
       <c r="AD9" s="15">
-        <v>70.43331154600331</v>
+        <v>133.89923030733121</v>
       </c>
       <c r="AE9" s="14">
-        <v>430.46699999999998</v>
+        <v>529.48400000000004</v>
       </c>
       <c r="AF9" s="15">
-        <v>87.749943432111394</v>
+        <v>123.00222781304954</v>
       </c>
       <c r="AG9" s="14">
-        <v>8558.0059999999994</v>
+        <v>9682.6470000000008</v>
       </c>
       <c r="AH9" s="16">
-        <v>106.60806341568359</v>
+        <v>113.14139064637254</v>
       </c>
       <c r="AI9" s="17">
-        <v>95414.888999999996</v>
+        <v>101762.751</v>
       </c>
       <c r="AJ9" s="19">
-        <v>110.237515764451</v>
-[...4 lines deleted...]
-      <c r="BV9" s="33"/>
+        <v>106.65290508276964</v>
+      </c>
+      <c r="AK9" s="63">
+        <v>151.96</v>
+      </c>
+      <c r="BV9" s="32"/>
     </row>
     <row r="10" spans="1:74" ht="24.95" customHeight="1">
-      <c r="A10" s="62"/>
-      <c r="B10" s="63" t="s">
+      <c r="A10" s="61"/>
+      <c r="B10" s="62" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="14">
-        <v>65741.97</v>
+        <v>70648.362999999998</v>
       </c>
       <c r="D10" s="15">
-        <v>93.09185928580321</v>
+        <v>107.46310614056745</v>
       </c>
       <c r="E10" s="14">
-        <v>76.421000000000006</v>
+        <v>79.382999999999996</v>
       </c>
       <c r="F10" s="15">
-        <v>106.78842418568254</v>
+        <v>103.87589798615564</v>
       </c>
       <c r="G10" s="14">
-        <v>3892.0039999999999</v>
+        <v>3420.857</v>
       </c>
       <c r="H10" s="16">
-        <v>145.44751973368034</v>
+        <v>87.894488289323448</v>
       </c>
       <c r="I10" s="17">
-        <v>69710.395000000004</v>
+        <v>74148.603000000003</v>
       </c>
       <c r="J10" s="18">
-        <v>95.014738104896196</v>
+        <v>106.36663728558705</v>
       </c>
       <c r="K10" s="17">
-        <v>1091.71</v>
+        <v>1084.4860000000001</v>
       </c>
       <c r="L10" s="15">
-        <v>96.078904198320117</v>
+        <v>99.338285808502263</v>
       </c>
       <c r="M10" s="14">
-        <v>4348.3879999999999</v>
+        <v>4374.6559999999999</v>
       </c>
       <c r="N10" s="15">
-        <v>100.82098707181277</v>
+        <v>100.60408592793468</v>
       </c>
       <c r="O10" s="14">
-        <v>4893.0370000000003</v>
+        <v>4738.24</v>
       </c>
       <c r="P10" s="15">
-        <v>109.54515485197635</v>
+        <v>96.83638198525783</v>
       </c>
       <c r="Q10" s="14">
-        <v>165.81800000000001</v>
+        <v>139.42400000000001</v>
       </c>
       <c r="R10" s="15">
-        <v>210.97779756981998</v>
+        <v>84.082548336127559</v>
       </c>
       <c r="S10" s="14">
-        <v>1020.051</v>
+        <v>1589.9749999999999</v>
       </c>
       <c r="T10" s="15">
-        <v>64.664184615891756</v>
+        <v>155.87210835536652</v>
       </c>
       <c r="U10" s="14">
-        <v>8607.0859999999993</v>
+        <v>8666.5879999999997</v>
       </c>
       <c r="V10" s="15">
-        <v>111.71084481212337</v>
+        <v>100.69131411025754</v>
       </c>
       <c r="W10" s="14">
-        <v>510.59800000000001</v>
+        <v>464.68799999999999</v>
       </c>
       <c r="X10" s="15">
-        <v>154.96192704681957</v>
+        <v>91.008582093936923</v>
       </c>
       <c r="Y10" s="14">
-        <v>489.73899999999998</v>
+        <v>457.56799999999998</v>
       </c>
       <c r="Z10" s="15">
-        <v>109.05408625208482</v>
+        <v>93.430990793055074</v>
       </c>
       <c r="AA10" s="14">
-        <v>449.88299999999998</v>
+        <v>390.69099999999997</v>
       </c>
       <c r="AB10" s="15">
-        <v>107.96172841283781</v>
+        <v>86.842801350573367</v>
       </c>
       <c r="AC10" s="14">
-        <v>32.006</v>
+        <v>24.280999999999999</v>
       </c>
       <c r="AD10" s="15">
-        <v>97.439644411970647</v>
+        <v>75.863900518652756</v>
       </c>
       <c r="AE10" s="14">
-        <v>559.23400000000004</v>
+        <v>523.42600000000004</v>
       </c>
       <c r="AF10" s="15">
-        <v>108.48674842769736</v>
+        <v>93.596955836018552</v>
       </c>
       <c r="AG10" s="14">
-        <v>10144.93</v>
+        <v>9761.5139999999992</v>
       </c>
       <c r="AH10" s="16">
-        <v>116.43809674218993</v>
+        <v>96.220614632136446</v>
       </c>
       <c r="AI10" s="17">
-        <v>102022.875</v>
+        <v>106364.14</v>
       </c>
       <c r="AJ10" s="19">
-        <v>98.954211872863354</v>
-[...4 lines deleted...]
-      <c r="BV10" s="33"/>
+        <v>104.25518786840698</v>
+      </c>
+      <c r="AK10" s="63">
+        <v>149.18</v>
+      </c>
+      <c r="BV10" s="32"/>
     </row>
     <row r="11" spans="1:74" ht="24.95" customHeight="1">
-      <c r="A11" s="62"/>
-      <c r="B11" s="63" t="s">
+      <c r="A11" s="61"/>
+      <c r="B11" s="62" t="s">
         <v>5</v>
       </c>
       <c r="C11" s="14">
-        <v>67607.48</v>
+        <v>68299.781000000003</v>
       </c>
       <c r="D11" s="15">
-        <v>101.7914763105648</v>
+        <v>101.02400059875032</v>
       </c>
       <c r="E11" s="14">
-        <v>91.792000000000002</v>
+        <v>58.23</v>
       </c>
       <c r="F11" s="15">
-        <v>115.19068354938697</v>
+        <v>63.436900819243505</v>
       </c>
       <c r="G11" s="14">
-        <v>3519.9540000000002</v>
+        <v>3599.489</v>
       </c>
       <c r="H11" s="16">
-        <v>123.39562556790776</v>
+        <v>102.25954657362</v>
       </c>
       <c r="I11" s="17">
-        <v>71219.225999999995</v>
+        <v>71957.5</v>
       </c>
       <c r="J11" s="18">
-        <v>102.69551845124131</v>
+        <v>101.03662176839721</v>
       </c>
       <c r="K11" s="17">
-        <v>1171.491</v>
+        <v>1152.2280000000001</v>
       </c>
       <c r="L11" s="15">
-        <v>127.20642128614661</v>
+        <v>98.355685190923353</v>
       </c>
       <c r="M11" s="14">
-        <v>4081.09</v>
+        <v>3947.8609999999999</v>
       </c>
       <c r="N11" s="15">
-        <v>94.936137605745259</v>
+        <v>96.735455478805903</v>
       </c>
       <c r="O11" s="14">
-        <v>4760.8230000000003</v>
+        <v>4794.9470000000001</v>
       </c>
       <c r="P11" s="15">
-        <v>101.98209495419417</v>
+        <v>100.7167668279203</v>
       </c>
       <c r="Q11" s="14">
-        <v>158.965</v>
+        <v>110.967</v>
       </c>
       <c r="R11" s="15">
-        <v>235.79364255306524</v>
+        <v>69.805932123423403</v>
       </c>
       <c r="S11" s="14">
-        <v>1352.173</v>
+        <v>1504.2439999999999</v>
       </c>
       <c r="T11" s="15">
-        <v>104.71368112103647</v>
+        <v>111.24641595417155</v>
       </c>
       <c r="U11" s="14">
-        <v>8044.8509999999997</v>
+        <v>8566.1949999999997</v>
       </c>
       <c r="V11" s="15">
-        <v>104.06057174743894</v>
+        <v>106.48046806584735</v>
       </c>
       <c r="W11" s="14">
-        <v>415.72500000000002</v>
+        <v>355.096</v>
       </c>
       <c r="X11" s="15">
-        <v>120.54612199450226</v>
+        <v>85.416080341571956</v>
       </c>
       <c r="Y11" s="14">
-        <v>618.30600000000004</v>
+        <v>597.37199999999996</v>
       </c>
       <c r="Z11" s="15">
-        <v>125.81771564617546</v>
+        <v>96.614297774888158</v>
       </c>
       <c r="AA11" s="14">
-        <v>332.05</v>
+        <v>404.26799999999997</v>
       </c>
       <c r="AB11" s="15">
-        <v>96.475681329536869</v>
+        <v>121.74913416654118</v>
       </c>
       <c r="AC11" s="14">
-        <v>22.158999999999999</v>
+        <v>29.917999999999999</v>
       </c>
       <c r="AD11" s="15">
-        <v>76.75441634915137</v>
+        <v>135.01511801074057</v>
       </c>
       <c r="AE11" s="14">
-        <v>441.00200000000001</v>
+        <v>489.56900000000002</v>
       </c>
       <c r="AF11" s="15">
-        <v>100.14647206698201</v>
+        <v>111.01287522505568</v>
       </c>
       <c r="AG11" s="14">
-        <v>9775.1139999999996</v>
+        <v>9553.5280000000002</v>
       </c>
       <c r="AH11" s="16">
-        <v>103.83038847939063</v>
+        <v>97.733161986653045</v>
       </c>
       <c r="AI11" s="17">
-        <v>102392.97500000001</v>
+        <v>103463.693</v>
       </c>
       <c r="AJ11" s="19">
-        <v>103.01959062980993</v>
-[...4 lines deleted...]
-      <c r="BV11" s="33"/>
+        <v>101.04569478521354</v>
+      </c>
+      <c r="AK11" s="63">
+        <v>144.38999999999999</v>
+      </c>
+      <c r="BV11" s="32"/>
     </row>
     <row r="12" spans="1:74" ht="24.95" customHeight="1">
-      <c r="A12" s="62"/>
-      <c r="B12" s="63" t="s">
+      <c r="A12" s="61"/>
+      <c r="B12" s="62" t="s">
         <v>6</v>
       </c>
       <c r="C12" s="14">
-        <v>68266.262000000002</v>
+        <v>65954.986999999994</v>
       </c>
       <c r="D12" s="15">
-        <v>109.61656636423768</v>
+        <v>96.614323192325955</v>
       </c>
       <c r="E12" s="14">
-        <v>61.801000000000002</v>
+        <v>49.057000000000002</v>
       </c>
       <c r="F12" s="15">
-        <v>96.883475207324139</v>
+        <v>79.378974450251619</v>
       </c>
       <c r="G12" s="14">
-        <v>3343.2489999999998</v>
+        <v>3201.2159999999999</v>
       </c>
       <c r="H12" s="16">
-        <v>122.85584199776723</v>
+        <v>95.751647573961733</v>
       </c>
       <c r="I12" s="17">
-        <v>71671.312000000005</v>
+        <v>69205.259999999995</v>
       </c>
       <c r="J12" s="18">
-        <v>110.1578240540783</v>
+        <v>96.559220235845558</v>
       </c>
       <c r="K12" s="17">
-        <v>1176.8989999999999</v>
+        <v>735.22500000000002</v>
       </c>
       <c r="L12" s="15">
-        <v>132.96070261696349</v>
+        <v>62.471376048411976</v>
       </c>
       <c r="M12" s="14">
-        <v>4010.982</v>
+        <v>3413.5740000000001</v>
       </c>
       <c r="N12" s="15">
-        <v>141.65352895805256</v>
+        <v>85.105692321730686</v>
       </c>
       <c r="O12" s="14">
-        <v>4293.0050000000001</v>
+        <v>4253.3040000000001</v>
       </c>
       <c r="P12" s="15">
-        <v>112.29569753386588</v>
+        <v>99.075216544122355</v>
       </c>
       <c r="Q12" s="14">
-        <v>37.24</v>
+        <v>162.851</v>
       </c>
       <c r="R12" s="15">
-        <v>35.011516946363933</v>
+        <v>437.30128893662732</v>
       </c>
       <c r="S12" s="14">
-        <v>1041.806</v>
+        <v>1440.231</v>
       </c>
       <c r="T12" s="15">
-        <v>82.4680752704855</v>
+        <v>138.24368452475798</v>
       </c>
       <c r="U12" s="14">
-        <v>7322.7389999999996</v>
+        <v>7775.2759999999998</v>
       </c>
       <c r="V12" s="15">
-        <v>110.90881525534473</v>
+        <v>106.17988706138507</v>
       </c>
       <c r="W12" s="14">
-        <v>372.36099999999999</v>
+        <v>297.95800000000003</v>
       </c>
       <c r="X12" s="15">
-        <v>127.85892839974179</v>
+        <v>80.018584115951995</v>
       </c>
       <c r="Y12" s="14">
-        <v>553.74699999999996</v>
+        <v>561.10500000000002</v>
       </c>
       <c r="Z12" s="15">
-        <v>130.92802761621033</v>
+        <v>101.32876566374173</v>
       </c>
       <c r="AA12" s="14">
-        <v>320.77800000000002</v>
+        <v>371.495</v>
       </c>
       <c r="AB12" s="15">
-        <v>84.259383298791974</v>
+        <v>115.8106229230184</v>
       </c>
       <c r="AC12" s="14">
-        <v>38.65</v>
+        <v>27.687999999999999</v>
       </c>
       <c r="AD12" s="15">
-        <v>160.36678975976099</v>
+        <v>71.637774902975409</v>
       </c>
       <c r="AE12" s="14">
-        <v>438.20100000000002</v>
+        <v>449.24099999999999</v>
       </c>
       <c r="AF12" s="15">
-        <v>123.81567273405403</v>
+        <v>102.51939178596123</v>
       </c>
       <c r="AG12" s="14">
-        <v>8408.0689999999995</v>
+        <v>8083.2550000000001</v>
       </c>
       <c r="AH12" s="16">
-        <v>113.04115589279999</v>
+        <v>96.136877563683171</v>
       </c>
       <c r="AI12" s="17">
-        <v>99685.789000000004</v>
+        <v>96776.463000000003</v>
       </c>
       <c r="AJ12" s="19">
-        <v>111.39930443622748</v>
-[...4 lines deleted...]
-      <c r="BV12" s="33"/>
+        <v>97.081503763791247</v>
+      </c>
+      <c r="AK12" s="63">
+        <v>144.75</v>
+      </c>
+      <c r="BV12" s="32"/>
     </row>
     <row r="13" spans="1:74" ht="24.95" customHeight="1">
-      <c r="A13" s="62"/>
-      <c r="B13" s="63" t="s">
+      <c r="A13" s="61"/>
+      <c r="B13" s="62" t="s">
         <v>7</v>
       </c>
       <c r="C13" s="14">
-        <v>69193.195000000007</v>
+        <v>69305.032000000007</v>
       </c>
       <c r="D13" s="15">
-        <v>98.163326813342209</v>
+        <v>100.16163005625047</v>
       </c>
       <c r="E13" s="14">
-        <v>54.524000000000001</v>
+        <v>74.581000000000003</v>
       </c>
       <c r="F13" s="15">
-        <v>57.033472803347287</v>
+        <v>136.78563568336878</v>
       </c>
       <c r="G13" s="14">
-        <v>3238.9259999999999</v>
+        <v>3523.598</v>
       </c>
       <c r="H13" s="16">
-        <v>96.984924623115575</v>
+        <v>108.78908625884011</v>
       </c>
       <c r="I13" s="17">
-        <v>72486.645000000004</v>
+        <v>72903.210999999996</v>
       </c>
       <c r="J13" s="18">
-        <v>98.056899550835595</v>
+        <v>100.57467965305884</v>
       </c>
       <c r="K13" s="17">
-        <v>918.98699999999997</v>
+        <v>865.72400000000005</v>
       </c>
       <c r="L13" s="15">
-        <v>94.80768417349536</v>
+        <v>94.204161756368705</v>
       </c>
       <c r="M13" s="14">
-        <v>4405.2169999999996</v>
+        <v>4281.6009999999997</v>
       </c>
       <c r="N13" s="15">
-        <v>99.627427606316218</v>
+        <v>97.193872628749048</v>
       </c>
       <c r="O13" s="14">
-        <v>5015.9189999999999</v>
+        <v>5067.9970000000003</v>
       </c>
       <c r="P13" s="15">
-        <v>112.62935407279799</v>
+        <v>101.03825440562338</v>
       </c>
       <c r="Q13" s="14">
-        <v>153.78299999999999</v>
+        <v>122.46299999999999</v>
       </c>
       <c r="R13" s="15">
-        <v>57.873642378124501</v>
+        <v>79.633639609059514</v>
       </c>
       <c r="S13" s="14">
-        <v>1167.43</v>
+        <v>1451.8989999999999</v>
       </c>
       <c r="T13" s="15">
-        <v>81.67467254712929</v>
+        <v>124.36711408821085</v>
       </c>
       <c r="U13" s="14">
-        <v>8136.5439999999999</v>
+        <v>8568.1299999999992</v>
       </c>
       <c r="V13" s="15">
-        <v>104.20310255007747</v>
+        <v>105.3042913551503</v>
       </c>
       <c r="W13" s="14">
-        <v>451.899</v>
+        <v>494.91800000000001</v>
       </c>
       <c r="X13" s="15">
-        <v>109.8981512555995</v>
+        <v>109.51960504449004</v>
       </c>
       <c r="Y13" s="14">
-        <v>534.06200000000001</v>
+        <v>459.31700000000001</v>
       </c>
       <c r="Z13" s="15">
-        <v>101.58890184493703</v>
+        <v>86.004433942126568</v>
       </c>
       <c r="AA13" s="14">
-        <v>436.78699999999998</v>
+        <v>294.512</v>
       </c>
       <c r="AB13" s="15">
-        <v>129.81184449457172</v>
+        <v>67.426915178336358</v>
       </c>
       <c r="AC13" s="14">
-        <v>14.372</v>
+        <v>33.799999999999997</v>
       </c>
       <c r="AD13" s="15">
-        <v>46.403202892935553</v>
+        <v>235.17951572502091</v>
       </c>
       <c r="AE13" s="14">
-        <v>468.49200000000002</v>
+        <v>559.31799999999998</v>
       </c>
       <c r="AF13" s="15">
-        <v>113.33451064540085</v>
+        <v>119.3868838742177</v>
       </c>
       <c r="AG13" s="14">
-        <v>9982.7060000000001</v>
+        <v>9355.5810000000001</v>
       </c>
       <c r="AH13" s="16">
-        <v>116.61275470147341</v>
+        <v>93.717885711549556</v>
       </c>
       <c r="AI13" s="17">
-        <v>104172.84299999999</v>
+        <v>104458.47100000001</v>
       </c>
       <c r="AJ13" s="19">
-        <v>100.60221583636147</v>
-[...4 lines deleted...]
-      <c r="BV13" s="33"/>
+        <v>100.27418662270742</v>
+      </c>
+      <c r="AK13" s="63">
+        <v>144.5</v>
+      </c>
+      <c r="BV13" s="32"/>
     </row>
     <row r="14" spans="1:74" ht="24.95" customHeight="1">
-      <c r="A14" s="62"/>
-      <c r="B14" s="63" t="s">
+      <c r="A14" s="61"/>
+      <c r="B14" s="62" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="14">
-        <v>72196.377999999997</v>
+        <v>70265.558999999994</v>
       </c>
       <c r="D14" s="15">
-        <v>107.09624780597436</v>
+        <v>97.325601292629955</v>
       </c>
       <c r="E14" s="14">
-        <v>84.067999999999998</v>
+        <v>56.139000000000003</v>
       </c>
       <c r="F14" s="15">
-        <v>140.06664445184938</v>
+        <v>66.778084407860305</v>
       </c>
       <c r="G14" s="14">
-        <v>3320.6120000000001</v>
+        <v>3355.6129999999998</v>
       </c>
       <c r="H14" s="16">
-        <v>84.678189108158747</v>
+        <v>101.05405268667343</v>
       </c>
       <c r="I14" s="17">
-        <v>75601.058000000005</v>
+        <v>73677.311000000002</v>
       </c>
       <c r="J14" s="18">
-        <v>105.89261314253768</v>
+        <v>97.455396722093496</v>
       </c>
       <c r="K14" s="17">
-        <v>901.21799999999996</v>
+        <v>723.37599999999998</v>
       </c>
       <c r="L14" s="15">
-        <v>96.575972223710579</v>
+        <v>80.266483803031008</v>
       </c>
       <c r="M14" s="14">
-        <v>4258.59</v>
+        <v>4154.2860000000001</v>
       </c>
       <c r="N14" s="15">
-        <v>114.95960369536633</v>
+        <v>97.550738624756079</v>
       </c>
       <c r="O14" s="14">
-        <v>5139.3249999999998</v>
+        <v>4669.7150000000001</v>
       </c>
       <c r="P14" s="15">
-        <v>107.37428090001492</v>
+        <v>90.862418702845218</v>
       </c>
       <c r="Q14" s="14">
-        <v>70.346000000000004</v>
+        <v>183.93700000000001</v>
       </c>
       <c r="R14" s="15">
-        <v>92.845170060844424</v>
+        <v>261.47471071560574</v>
       </c>
       <c r="S14" s="14">
-        <v>1596.5989999999999</v>
+        <v>1566.653</v>
       </c>
       <c r="T14" s="15">
-        <v>103.08979006241179</v>
+        <v>98.124388152566794</v>
       </c>
       <c r="U14" s="14">
-        <v>8666.8040000000001</v>
+        <v>8598.8989999999994</v>
       </c>
       <c r="V14" s="15">
-        <v>115.35044796302101</v>
+        <v>99.216493184800299</v>
       </c>
       <c r="W14" s="14">
-        <v>338.52199999999999</v>
+        <v>378.24299999999999</v>
       </c>
       <c r="X14" s="15">
-        <v>97.929298773432066</v>
+        <v>111.7336539427275</v>
       </c>
       <c r="Y14" s="14">
-        <v>576.20899999999995</v>
+        <v>433.065</v>
       </c>
       <c r="Z14" s="15">
-        <v>103.71585683043388</v>
+        <v>75.157625097837766</v>
       </c>
       <c r="AA14" s="14">
-        <v>307.17500000000001</v>
+        <v>291.255</v>
       </c>
       <c r="AB14" s="15">
-        <v>97.058005725371743</v>
+        <v>94.817286563034102</v>
       </c>
       <c r="AC14" s="14">
-        <v>21.027999999999999</v>
+        <v>18.425999999999998</v>
       </c>
       <c r="AD14" s="15">
-        <v>126.34741332692423</v>
+        <v>87.626022446262127</v>
       </c>
       <c r="AE14" s="14">
-        <v>508.00299999999999</v>
+        <v>590.10299999999995</v>
       </c>
       <c r="AF14" s="15">
-        <v>104.74267063366879</v>
+        <v>116.16132188195738</v>
       </c>
       <c r="AG14" s="14">
-        <v>10385.102999999999</v>
+        <v>9191.2649999999994</v>
       </c>
       <c r="AH14" s="16">
-        <v>108.92122593006373</v>
+        <v>88.504322008168813</v>
       </c>
       <c r="AI14" s="17">
-        <v>108369.98</v>
+        <v>104476.534</v>
       </c>
       <c r="AJ14" s="19">
-        <v>107.07449637579884</v>
-[...4 lines deleted...]
-      <c r="BV14" s="33"/>
+        <v>96.407265185432351</v>
+      </c>
+      <c r="AK14" s="63">
+        <v>146.71</v>
+      </c>
+      <c r="BV14" s="32"/>
     </row>
     <row r="15" spans="1:74" ht="24.95" customHeight="1">
-      <c r="A15" s="62"/>
-      <c r="B15" s="63" t="s">
+      <c r="A15" s="61"/>
+      <c r="B15" s="62" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="14">
-        <v>55851.023000000001</v>
+        <v>53174.101000000002</v>
       </c>
       <c r="D15" s="15">
-        <v>100.26441674923294</v>
+        <v>95.207031391349801</v>
       </c>
       <c r="E15" s="14">
-        <v>75.489000000000004</v>
+        <v>56.89</v>
       </c>
       <c r="F15" s="15">
-        <v>130.73952199515065</v>
+        <v>75.3619732676284</v>
       </c>
       <c r="G15" s="14">
-        <v>2825.2939999999999</v>
+        <v>2769.4679999999998</v>
       </c>
       <c r="H15" s="16">
-        <v>93.699784628997421</v>
+        <v>98.024064044308318</v>
       </c>
       <c r="I15" s="17">
-        <v>58751.805999999997</v>
+        <v>56000.459000000003</v>
       </c>
       <c r="J15" s="18">
-        <v>99.957586960214783</v>
+        <v>95.317000127621611</v>
       </c>
       <c r="K15" s="17">
-        <v>813.654</v>
+        <v>641.27300000000002</v>
       </c>
       <c r="L15" s="15">
-        <v>90.878974574340234</v>
+        <v>78.813967607852973</v>
       </c>
       <c r="M15" s="14">
-        <v>3958.7530000000002</v>
+        <v>3412.81</v>
       </c>
       <c r="N15" s="15">
-        <v>113.05018667723657</v>
+        <v>86.209217902708261</v>
       </c>
       <c r="O15" s="14">
-        <v>4963.9219999999996</v>
+        <v>3742.2109999999998</v>
       </c>
       <c r="P15" s="15">
-        <v>129.42360484819474</v>
+        <v>75.388191031204769</v>
       </c>
       <c r="Q15" s="14">
-        <v>192.52600000000001</v>
+        <v>109.86199999999999</v>
       </c>
       <c r="R15" s="15">
-        <v>182.72638402475252</v>
+        <v>57.063461558438853</v>
       </c>
       <c r="S15" s="14">
-        <v>1157.412</v>
+        <v>1512.1890000000001</v>
       </c>
       <c r="T15" s="15">
-        <v>89.005469926936911</v>
+        <v>130.65261117043886</v>
       </c>
       <c r="U15" s="14">
-        <v>7679.6689999999999</v>
+        <v>7684.2259999999997</v>
       </c>
       <c r="V15" s="15">
-        <v>107.09380622492843</v>
+        <v>100.05933849492732</v>
       </c>
       <c r="W15" s="14">
-        <v>322.78399999999999</v>
+        <v>418.87400000000002</v>
       </c>
       <c r="X15" s="15">
-        <v>126.59933716392446</v>
+        <v>129.76913353821752</v>
       </c>
       <c r="Y15" s="14">
-        <v>491.81099999999998</v>
+        <v>394.11099999999999</v>
       </c>
       <c r="Z15" s="15">
-        <v>103.81410134630242</v>
+        <v>80.134645219403382</v>
       </c>
       <c r="AA15" s="14">
-        <v>237.398</v>
+        <v>198.518</v>
       </c>
       <c r="AB15" s="15">
-        <v>73.270309225531861</v>
+        <v>83.622439953158832</v>
       </c>
       <c r="AC15" s="14">
-        <v>25.385000000000002</v>
+        <v>9.83</v>
       </c>
       <c r="AD15" s="15">
-        <v>106.08023401587965</v>
+        <v>38.723655702186335</v>
       </c>
       <c r="AE15" s="14">
-        <v>418.286</v>
+        <v>456.017</v>
       </c>
       <c r="AF15" s="15">
-        <v>93.951672678756736</v>
+        <v>109.02038318279837</v>
       </c>
       <c r="AG15" s="14">
-        <v>9552.0450000000001</v>
+        <v>8147.433</v>
       </c>
       <c r="AH15" s="16">
-        <v>115.82726249520722</v>
+        <v>85.295169777780572</v>
       </c>
       <c r="AI15" s="17">
-        <v>88565.451000000001</v>
+        <v>82727.812999999995</v>
       </c>
       <c r="AJ15" s="19">
-        <v>103.76177850988699</v>
-[...4 lines deleted...]
-      <c r="BV15" s="33"/>
+        <v>93.408673546979387</v>
+      </c>
+      <c r="AK15" s="63">
+        <v>147.66999999999999</v>
+      </c>
+      <c r="BV15" s="32"/>
     </row>
     <row r="16" spans="1:74" ht="24.95" customHeight="1">
-      <c r="A16" s="62"/>
-      <c r="B16" s="63" t="s">
+      <c r="A16" s="61"/>
+      <c r="B16" s="62" t="s">
         <v>10</v>
       </c>
       <c r="C16" s="14">
-        <v>63816.548000000003</v>
+        <v>58191.25</v>
       </c>
       <c r="D16" s="15">
-        <v>102.24646611763444</v>
+        <v>91.185204815528408</v>
       </c>
       <c r="E16" s="14">
-        <v>92.045000000000002</v>
+        <v>83.847999999999999</v>
       </c>
       <c r="F16" s="15">
-        <v>484.29443333684105</v>
+        <v>91.094573306534841</v>
       </c>
       <c r="G16" s="14">
-        <v>3291.5880000000002</v>
+        <v>3265.8589999999999</v>
       </c>
       <c r="H16" s="16">
-        <v>123.14858359531873</v>
+        <v>99.218340813005753</v>
       </c>
       <c r="I16" s="17">
-        <v>67200.180999999997</v>
+        <v>61540.957000000002</v>
       </c>
       <c r="J16" s="18">
-        <v>103.21610534305638</v>
+        <v>91.578558397037639</v>
       </c>
       <c r="K16" s="17">
-        <v>923.01599999999996</v>
+        <v>774.18200000000002</v>
       </c>
       <c r="L16" s="15">
-        <v>109.57084112859572</v>
+        <v>83.875252433327262</v>
       </c>
       <c r="M16" s="14">
-        <v>4173.3530000000001</v>
+        <v>3612.4380000000001</v>
       </c>
       <c r="N16" s="15">
-        <v>102.06963969994602</v>
+        <v>86.55960806574474</v>
       </c>
       <c r="O16" s="14">
-        <v>5018.7939999999999</v>
+        <v>4214.8770000000004</v>
       </c>
       <c r="P16" s="15">
-        <v>106.2155695263298</v>
+        <v>83.981868950987021</v>
       </c>
       <c r="Q16" s="14">
-        <v>102.42700000000001</v>
+        <v>89.837000000000003</v>
       </c>
       <c r="R16" s="15">
-        <v>106.98007185828877</v>
+        <v>87.708319095550976</v>
       </c>
       <c r="S16" s="14">
-        <v>1391.2049999999999</v>
+        <v>1705.6959999999999</v>
       </c>
       <c r="T16" s="15">
-        <v>100.19301056876901</v>
+        <v>122.60565481003877</v>
       </c>
       <c r="U16" s="14">
-        <v>8335.0159999999996</v>
+        <v>8443.375</v>
       </c>
       <c r="V16" s="15">
-        <v>98.979697622651159</v>
+        <v>101.30004549481369</v>
       </c>
       <c r="W16" s="14">
-        <v>381.25900000000001</v>
+        <v>360.33699999999999</v>
       </c>
       <c r="X16" s="15">
-        <v>105.46350288237052</v>
+        <v>94.512391838618896</v>
       </c>
       <c r="Y16" s="14">
-        <v>582.18399999999997</v>
+        <v>552.83500000000004</v>
       </c>
       <c r="Z16" s="15">
-        <v>89.007392005626187</v>
+        <v>94.958810273040825</v>
       </c>
       <c r="AA16" s="14">
-        <v>188.03299999999999</v>
+        <v>250.96199999999999</v>
       </c>
       <c r="AB16" s="15">
-        <v>56.989886070539889</v>
+        <v>133.46699781421347</v>
       </c>
       <c r="AC16" s="14">
-        <v>15.054</v>
+        <v>29.077000000000002</v>
       </c>
       <c r="AD16" s="15">
-        <v>101.57209365090074</v>
+        <v>193.1513219077986</v>
       </c>
       <c r="AE16" s="14">
-        <v>491.58600000000001</v>
+        <v>529.03499999999997</v>
       </c>
       <c r="AF16" s="15">
-        <v>102.45686726497401</v>
+        <v>107.61799563046954</v>
       </c>
       <c r="AG16" s="14">
-        <v>9335.777</v>
+        <v>9173.6139999999996</v>
       </c>
       <c r="AH16" s="16">
-        <v>97.975923961478671</v>
+        <v>98.262994071088031</v>
       </c>
       <c r="AI16" s="17">
-        <v>98137.884999999995</v>
+        <v>91277.221999999994</v>
       </c>
       <c r="AJ16" s="19">
-        <v>102.18808948929012</v>
-[...4 lines deleted...]
-      <c r="BV16" s="33"/>
+        <v>93.009159510621203</v>
+      </c>
+      <c r="AK16" s="63">
+        <v>147.94</v>
+      </c>
+      <c r="BV16" s="32"/>
     </row>
     <row r="17" spans="1:74" ht="24.95" customHeight="1">
-      <c r="A17" s="62"/>
-      <c r="B17" s="63" t="s">
+      <c r="A17" s="61"/>
+      <c r="B17" s="62" t="s">
         <v>11</v>
       </c>
       <c r="C17" s="14">
-        <v>61309.671000000002</v>
+        <v>66608.762000000002</v>
       </c>
       <c r="D17" s="15">
-        <v>96.746012235319682</v>
+        <v>108.64315680310861</v>
       </c>
       <c r="E17" s="14">
-        <v>58.098999999999997</v>
+        <v>47.71</v>
       </c>
       <c r="F17" s="15">
-        <v>114.4424527744401</v>
+        <v>82.118452985421428</v>
       </c>
       <c r="G17" s="14">
-        <v>3070.098</v>
+        <v>3182.2159999999999</v>
       </c>
       <c r="H17" s="16">
-        <v>86.245248937419419</v>
+        <v>103.65193554081986</v>
       </c>
       <c r="I17" s="17">
-        <v>64437.868000000002</v>
+        <v>69838.687999999995</v>
       </c>
       <c r="J17" s="18">
-        <v>96.201368367913673</v>
+        <v>108.38143806992497</v>
       </c>
       <c r="K17" s="17">
-        <v>905.18299999999999</v>
+        <v>896.68200000000002</v>
       </c>
       <c r="L17" s="15">
-        <v>85.419523238377977</v>
+        <v>99.060852888310976</v>
       </c>
       <c r="M17" s="14">
-        <v>3938.4470000000001</v>
+        <v>4402.2020000000002</v>
       </c>
       <c r="N17" s="15">
-        <v>98.579741784431235</v>
+        <v>111.7750727634522</v>
       </c>
       <c r="O17" s="14">
-        <v>5459.7439999999997</v>
+        <v>4291.2860000000001</v>
       </c>
       <c r="P17" s="15">
-        <v>109.85190423925499</v>
+        <v>78.598666897202506</v>
       </c>
       <c r="Q17" s="14">
-        <v>113.486</v>
+        <v>113.101</v>
       </c>
       <c r="R17" s="15">
-        <v>309.68182066255525</v>
+        <v>99.660751105863284</v>
       </c>
       <c r="S17" s="14">
-        <v>1395.752</v>
+        <v>1546.76</v>
       </c>
       <c r="T17" s="15">
-        <v>96.523232277128983</v>
+        <v>110.81911399732904</v>
       </c>
       <c r="U17" s="14">
-        <v>7920.9780000000001</v>
+        <v>8710.0380000000005</v>
       </c>
       <c r="V17" s="15">
-        <v>99.8379346384271</v>
+        <v>109.96164867520146</v>
       </c>
       <c r="W17" s="14">
-        <v>387.13900000000001</v>
+        <v>412.78500000000003</v>
       </c>
       <c r="X17" s="15">
-        <v>99.513663435561696</v>
+        <v>106.62449404477461</v>
       </c>
       <c r="Y17" s="14">
-        <v>521.55999999999995</v>
+        <v>559.57000000000005</v>
       </c>
       <c r="Z17" s="15">
-        <v>135.07507911925123</v>
+        <v>107.28775212823069</v>
       </c>
       <c r="AA17" s="14">
-        <v>406.315</v>
+        <v>224.875</v>
       </c>
       <c r="AB17" s="15">
-        <v>125.97586611023954</v>
+        <v>55.344990955293305</v>
       </c>
       <c r="AC17" s="14">
-        <v>28.143999999999998</v>
+        <v>35.856000000000002</v>
       </c>
       <c r="AD17" s="15">
-        <v>150.34188034188034</v>
+        <v>127.40193291642979</v>
       </c>
       <c r="AE17" s="14">
-        <v>517.38800000000003</v>
+        <v>566.45899999999995</v>
       </c>
       <c r="AF17" s="15">
-        <v>94.11948758809126</v>
+        <v>109.48437149682637</v>
       </c>
       <c r="AG17" s="14">
-        <v>9829.8919999999998</v>
+        <v>9596.6919999999991</v>
       </c>
       <c r="AH17" s="16">
-        <v>96.698321040969361</v>
+        <v>97.627644332206302</v>
       </c>
       <c r="AI17" s="17">
-        <v>95861.895999999993</v>
+        <v>101194.99400000001</v>
       </c>
       <c r="AJ17" s="19">
-        <v>97.563985584834754</v>
-[...4 lines deleted...]
-      <c r="BV17" s="33"/>
+        <v>105.56331370704373</v>
+      </c>
+      <c r="AK17" s="63">
+        <v>151.28</v>
+      </c>
+      <c r="BV17" s="32"/>
     </row>
     <row r="18" spans="1:74" ht="24.95" customHeight="1">
-      <c r="A18" s="62"/>
-      <c r="B18" s="63" t="s">
+      <c r="A18" s="61"/>
+      <c r="B18" s="62" t="s">
         <v>12</v>
       </c>
       <c r="C18" s="14">
-        <v>58182.896000000001</v>
+        <v>57831.343000000001</v>
       </c>
       <c r="D18" s="15">
-        <v>95.572267550263703</v>
+        <v>99.39577947443523</v>
       </c>
       <c r="E18" s="14">
-        <v>43.908000000000001</v>
+        <v>42.186999999999998</v>
       </c>
       <c r="F18" s="15">
-        <v>88.785538075787599</v>
+        <v>96.080440921927675</v>
       </c>
       <c r="G18" s="14">
-        <v>3552.5279999999998</v>
+        <v>3480.7510000000002</v>
       </c>
       <c r="H18" s="16">
-        <v>115.98864316069091</v>
+        <v>97.979551463070806</v>
       </c>
       <c r="I18" s="17">
-        <v>61779.332000000002</v>
+        <v>61354.281000000003</v>
       </c>
       <c r="J18" s="18">
-        <v>96.544223264415209</v>
+        <v>99.311985115021955</v>
       </c>
       <c r="K18" s="17">
-        <v>943.72</v>
+        <v>824.98400000000004</v>
       </c>
       <c r="L18" s="15">
-        <v>95.084467918110406</v>
+        <v>87.418302038740308</v>
       </c>
       <c r="M18" s="14">
-        <v>3702.2919999999999</v>
+        <v>3894.33</v>
       </c>
       <c r="N18" s="15">
-        <v>94.400830213022573</v>
+        <v>105.18700307809326</v>
       </c>
       <c r="O18" s="14">
-        <v>4760.3050000000003</v>
+        <v>4816.9560000000001</v>
       </c>
       <c r="P18" s="15">
-        <v>99.210266020701937</v>
+        <v>101.19007080428671</v>
       </c>
       <c r="Q18" s="14">
-        <v>102.45399999999999</v>
+        <v>63.843000000000004</v>
       </c>
       <c r="R18" s="15">
-        <v>33.998227979996749</v>
+        <v>62.313818884572591</v>
       </c>
       <c r="S18" s="14">
-        <v>1249.1790000000001</v>
+        <v>1567.8610000000001</v>
       </c>
       <c r="T18" s="15">
-        <v>107.54784719890486</v>
+        <v>125.51131583223862</v>
       </c>
       <c r="U18" s="14">
-        <v>8665.1209999999992</v>
+        <v>8245.0229999999992</v>
       </c>
       <c r="V18" s="15">
-        <v>116.41631127607559</v>
+        <v>95.151850735840853</v>
       </c>
       <c r="W18" s="14">
-        <v>336.90800000000002</v>
+        <v>336.96100000000001</v>
       </c>
       <c r="X18" s="15">
-        <v>140.11619927718559</v>
+        <v>100.01573129756491</v>
       </c>
       <c r="Y18" s="14">
-        <v>546.471</v>
+        <v>529.18299999999999</v>
       </c>
       <c r="Z18" s="15">
-        <v>96.877420956061584</v>
+        <v>96.836428648546772</v>
       </c>
       <c r="AA18" s="14">
-        <v>223.089</v>
+        <v>377.55700000000002</v>
       </c>
       <c r="AB18" s="15">
-        <v>68.560075232335151</v>
+        <v>169.24052732317597</v>
       </c>
       <c r="AC18" s="14">
-        <v>18.827000000000002</v>
+        <v>36.027999999999999</v>
       </c>
       <c r="AD18" s="15">
-        <v>65.686274509803923</v>
+        <v>191.36346736070539</v>
       </c>
       <c r="AE18" s="14">
-        <v>499.08699999999999</v>
+        <v>583.68799999999999</v>
       </c>
       <c r="AF18" s="15">
-        <v>104.29499262330368</v>
+        <v>116.95115280502198</v>
       </c>
       <c r="AG18" s="14">
-        <v>8596.25</v>
+        <v>9087.7209999999995</v>
       </c>
       <c r="AH18" s="16">
-        <v>94.661868960333251</v>
+        <v>105.71727206630798</v>
       </c>
       <c r="AI18" s="17">
-        <v>91423.035000000003</v>
+        <v>91718.415999999997</v>
       </c>
       <c r="AJ18" s="19">
-        <v>97.959367948823157</v>
-[...4 lines deleted...]
-      <c r="BV18" s="33"/>
+        <v>100.32309253351741</v>
+      </c>
+      <c r="AK18" s="63">
+        <v>155.12</v>
+      </c>
+      <c r="BV18" s="32"/>
     </row>
     <row r="19" spans="1:74" ht="24.95" customHeight="1">
-      <c r="A19" s="65"/>
-      <c r="B19" s="35" t="s">
+      <c r="A19" s="64"/>
+      <c r="B19" s="34" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="8">
-        <v>63836.788</v>
+        <v>70284.544999999998</v>
       </c>
       <c r="D19" s="9">
-        <v>96.636308966063297</v>
+        <v>110.10037817065607</v>
       </c>
       <c r="E19" s="8">
-        <v>69.450999999999993</v>
+        <v>81.766999999999996</v>
       </c>
       <c r="F19" s="9">
-        <v>219.15746292205745</v>
+        <v>117.73336597025241</v>
       </c>
       <c r="G19" s="8">
-        <v>3848.4259999999999</v>
+        <v>4283.7619999999997</v>
       </c>
       <c r="H19" s="10">
-        <v>91.652278121488692</v>
+        <v>111.31205329139758</v>
       </c>
       <c r="I19" s="11">
-        <v>67754.664999999994</v>
+        <v>74650.073999999993</v>
       </c>
       <c r="J19" s="12">
-        <v>96.3938121908906</v>
+        <v>110.17702471113981</v>
       </c>
       <c r="K19" s="11">
-        <v>866.995</v>
+        <v>1024.135</v>
       </c>
       <c r="L19" s="9">
-        <v>88.800975075153517</v>
+        <v>118.12467199926182</v>
       </c>
       <c r="M19" s="8">
-        <v>4487.5150000000003</v>
+        <v>4531.0349999999999</v>
       </c>
       <c r="N19" s="9">
-        <v>100.31104703147354</v>
+        <v>100.96980177225035</v>
       </c>
       <c r="O19" s="8">
-        <v>5897.1970000000001</v>
+        <v>5643.0680000000002</v>
       </c>
       <c r="P19" s="9">
-        <v>105.56878676748325</v>
+        <v>95.690681522085825</v>
       </c>
       <c r="Q19" s="8">
-        <v>176.108</v>
+        <v>56.784999999999997</v>
       </c>
       <c r="R19" s="9">
-        <v>200.24332836822177</v>
+        <v>32.244418197923999</v>
       </c>
       <c r="S19" s="8">
-        <v>1742.0509999999999</v>
+        <v>1845.5450000000001</v>
       </c>
       <c r="T19" s="9">
-        <v>106.9812757542819</v>
+        <v>105.94092825066545</v>
       </c>
       <c r="U19" s="8">
-        <v>8631.3979999999992</v>
+        <v>8717.0490000000009</v>
       </c>
       <c r="V19" s="9">
-        <v>100.99619002976858</v>
+        <v>100.99231897312579</v>
       </c>
       <c r="W19" s="8">
-        <v>466.53500000000003</v>
+        <v>412.95400000000001</v>
       </c>
       <c r="X19" s="9">
-        <v>101.13724801588593</v>
+        <v>88.515116765087285</v>
       </c>
       <c r="Y19" s="8">
-        <v>359.685</v>
+        <v>448.661</v>
       </c>
       <c r="Z19" s="9">
-        <v>53.501863049153265</v>
+        <v>124.73720060608588</v>
       </c>
       <c r="AA19" s="8">
-        <v>362.66</v>
+        <v>398.96</v>
       </c>
       <c r="AB19" s="9">
-        <v>94.843322576089633</v>
+        <v>110.00937517233773</v>
       </c>
       <c r="AC19" s="8">
-        <v>14.704000000000001</v>
+        <v>31.757000000000001</v>
       </c>
       <c r="AD19" s="9">
-        <v>90.402705195204419</v>
+        <v>215.97524483133844</v>
       </c>
       <c r="AE19" s="8">
-        <v>586.22699999999998</v>
+        <v>645.45600000000002</v>
       </c>
       <c r="AF19" s="9">
-        <v>95.133979864072757</v>
+        <v>110.10342410022056</v>
       </c>
       <c r="AG19" s="8">
-        <v>10595.578</v>
+        <v>10493.592000000001</v>
       </c>
       <c r="AH19" s="10">
-        <v>97.803325150116919</v>
+        <v>99.037466384561554</v>
       </c>
       <c r="AI19" s="11">
-        <v>101941.318</v>
+        <v>108899.071</v>
       </c>
       <c r="AJ19" s="13">
-        <v>97.486152105693748</v>
-[...4 lines deleted...]
-      <c r="BV19" s="33"/>
+        <v>106.82525313239523</v>
+      </c>
+      <c r="AK19" s="60">
+        <v>155.88</v>
+      </c>
+      <c r="BV19" s="32"/>
     </row>
     <row r="20" spans="1:74" ht="24.95" customHeight="1">
       <c r="A20" s="22" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B20" s="27"/>
       <c r="C20" s="1">
-        <v>759971.41</v>
+        <v>766607.06499999994</v>
       </c>
       <c r="D20" s="2">
-        <v>100.38573719577127</v>
+        <v>100.87314534634928</v>
       </c>
       <c r="E20" s="1">
-        <v>772.96</v>
+        <v>767.88599999999997</v>
       </c>
       <c r="F20" s="2">
-        <v>105.48596336322484</v>
+        <v>99.343562409439031</v>
       </c>
       <c r="G20" s="1">
-        <v>39752.853000000003</v>
+        <v>40263.550000000003</v>
       </c>
       <c r="H20" s="3">
-        <v>108.84885333566987</v>
+        <v>101.28468012094629</v>
       </c>
       <c r="I20" s="4">
-        <v>800497.223</v>
+        <v>807638.50100000005</v>
       </c>
       <c r="J20" s="5">
-        <v>100.77956569265002</v>
+        <v>100.89210528091988</v>
       </c>
       <c r="K20" s="4">
-        <v>11212.481</v>
+        <v>10354.224</v>
       </c>
       <c r="L20" s="2">
-        <v>98.885234109920702</v>
+        <v>92.345521031429172</v>
       </c>
       <c r="M20" s="1">
-        <v>48345.245000000003</v>
+        <v>47165.36</v>
       </c>
       <c r="N20" s="2">
-        <v>105.86245548850638</v>
+        <v>97.559460087543243</v>
       </c>
       <c r="O20" s="1">
-        <v>59416.339</v>
+        <v>55103.072999999997</v>
       </c>
       <c r="P20" s="2">
-        <v>111.17322105805184</v>
+        <v>92.740606249738818</v>
       </c>
       <c r="Q20" s="1">
-        <v>1441.2829999999999</v>
+        <v>1254.0740000000001</v>
       </c>
       <c r="R20" s="2">
-        <v>108.09592773619872</v>
+        <v>87.010947884627797</v>
       </c>
       <c r="S20" s="1">
-        <v>15238.370999999999</v>
+        <v>18097.672999999999</v>
       </c>
       <c r="T20" s="2">
-        <v>93.763529557774632</v>
+        <v>118.76382980831744</v>
       </c>
       <c r="U20" s="1">
-        <v>95645.551999999996</v>
+        <v>98636.176999999996</v>
       </c>
       <c r="V20" s="2">
-        <v>106.68726460574467</v>
+        <v>103.12677896406515</v>
       </c>
       <c r="W20" s="1">
-        <v>4688.527</v>
+        <v>4634.9219999999996</v>
       </c>
       <c r="X20" s="2">
-        <v>118.04985333551548</v>
+        <v>98.856677161078522</v>
       </c>
       <c r="Y20" s="1">
-        <v>6149.1610000000001</v>
+        <v>5892.5559999999996</v>
       </c>
       <c r="Z20" s="2">
-        <v>101.7199467940363</v>
+        <v>95.82699168227991</v>
       </c>
       <c r="AA20" s="1">
-        <v>4066.145</v>
+        <v>3904.1469999999999</v>
       </c>
       <c r="AB20" s="2">
-        <v>97.324695536076945</v>
+        <v>96.015931551875298</v>
       </c>
       <c r="AC20" s="1">
-        <v>267.14499999999998</v>
+        <v>317.11700000000002</v>
       </c>
       <c r="AD20" s="2">
-        <v>97.661062428941705</v>
+        <v>118.70594620898763</v>
       </c>
       <c r="AE20" s="1">
-        <v>5732.6189999999997</v>
+        <v>6231.5829999999996</v>
       </c>
       <c r="AF20" s="2">
-        <v>101.5938697236527</v>
+        <v>108.70394491592761</v>
       </c>
       <c r="AG20" s="1">
-        <v>112544.70600000001</v>
+        <v>110111.84</v>
       </c>
       <c r="AH20" s="3">
-        <v>105.60164297050123</v>
+        <v>97.838311470643504</v>
       </c>
       <c r="AI20" s="4">
-        <v>1165244.797</v>
+        <v>1169341.247</v>
       </c>
       <c r="AJ20" s="6">
-        <v>102.33311022083518</v>
+        <v>100.35155273900784</v>
       </c>
       <c r="AK20" s="26">
-        <v>151.59</v>
-[...1 lines deleted...]
-      <c r="BV20" s="33"/>
+        <v>149.56</v>
+      </c>
+      <c r="BV20" s="32"/>
     </row>
     <row r="21" spans="1:74" ht="24.95" customHeight="1">
-      <c r="A21" s="51" t="s">
-[...2 lines deleted...]
-      <c r="B21" s="35" t="s">
+      <c r="A21" s="50" t="s">
+        <v>67</v>
+      </c>
+      <c r="B21" s="34" t="s">
         <v>21</v>
       </c>
       <c r="C21" s="8">
-        <v>48443.35</v>
+        <v>49414.131999999998</v>
       </c>
       <c r="D21" s="9">
-        <v>96.615082154934555</v>
+        <v>102.00395307095813</v>
       </c>
       <c r="E21" s="8">
-        <v>39.023000000000003</v>
+        <v>35.582000000000001</v>
       </c>
       <c r="F21" s="9">
-        <v>125.50413276300132</v>
+        <v>91.182123363144811</v>
       </c>
       <c r="G21" s="8">
-        <v>2782.08</v>
+        <v>2859.9789999999998</v>
       </c>
       <c r="H21" s="10">
-        <v>112.47807710874159</v>
+        <v>102.80002731769035</v>
       </c>
       <c r="I21" s="11">
-        <v>51264.453000000001</v>
+        <v>52309.692999999999</v>
       </c>
       <c r="J21" s="12">
-        <v>97.377440735132396</v>
+        <v>102.03891768824687</v>
       </c>
       <c r="K21" s="11">
-        <v>690.46299999999997</v>
+        <v>995.67100000000005</v>
       </c>
       <c r="L21" s="9">
-        <v>83.364986761099729</v>
+        <v>144.20338236806316</v>
       </c>
       <c r="M21" s="8">
-        <v>3394.1379999999999</v>
+        <v>3390.5729999999999</v>
       </c>
       <c r="N21" s="9">
-        <v>102.09960473357118</v>
+        <v>99.894965967795073</v>
       </c>
       <c r="O21" s="8">
-        <v>3972.317</v>
+        <v>3494.194</v>
       </c>
       <c r="P21" s="9">
-        <v>93.050009451833489</v>
+        <v>87.963624252545799</v>
       </c>
       <c r="Q21" s="8">
-        <v>44.067999999999998</v>
+        <v>76.338999999999999</v>
       </c>
       <c r="R21" s="9">
-        <v>46.220488132322245</v>
+        <v>173.23000816919307</v>
       </c>
       <c r="S21" s="8">
-        <v>939.93899999999996</v>
+        <v>1337.789</v>
       </c>
       <c r="T21" s="9">
-        <v>85.054578721763903</v>
+        <v>142.32721485117651</v>
       </c>
       <c r="U21" s="8">
-        <v>6555.4830000000002</v>
+        <v>7516.2049999999999</v>
       </c>
       <c r="V21" s="9">
-        <v>104.64600410220424</v>
+        <v>114.65524355718716</v>
       </c>
       <c r="W21" s="8">
-        <v>307.36500000000001</v>
+        <v>408.77499999999998</v>
       </c>
       <c r="X21" s="9">
-        <v>124.38236758082336</v>
+        <v>132.9933466725229</v>
       </c>
       <c r="Y21" s="8">
-        <v>404.125</v>
+        <v>532.52599999999995</v>
       </c>
       <c r="Z21" s="9">
-        <v>115.71190919997365</v>
+        <v>131.77259511289822</v>
       </c>
       <c r="AA21" s="8">
-        <v>338.61599999999999</v>
+        <v>254.34800000000001</v>
       </c>
       <c r="AB21" s="9">
-        <v>95.778424567447615</v>
+        <v>75.113993432088265</v>
       </c>
       <c r="AC21" s="8">
-        <v>15.927</v>
+        <v>17.983000000000001</v>
       </c>
       <c r="AD21" s="9">
-        <v>86.10585500351408</v>
+        <v>112.90889684184089</v>
       </c>
       <c r="AE21" s="8">
-        <v>309.78699999999998</v>
+        <v>562.25</v>
       </c>
       <c r="AF21" s="9">
-        <v>82.6879240669859</v>
+        <v>181.49567283326931</v>
       </c>
       <c r="AG21" s="8">
-        <v>7984.9979999999996</v>
+        <v>8000.6329999999998</v>
       </c>
       <c r="AH21" s="10">
-        <v>108.17968697925389</v>
+        <v>100.19580468273128</v>
       </c>
       <c r="AI21" s="11">
-        <v>76221.679000000004</v>
+        <v>78896.979000000007</v>
       </c>
       <c r="AJ21" s="13">
-        <v>98.661354638193728</v>
-[...4 lines deleted...]
-      <c r="BV21" s="33"/>
+        <v>103.50989381905376</v>
+      </c>
+      <c r="AK21" s="65">
+        <v>156.71</v>
+      </c>
+      <c r="BV21" s="32"/>
     </row>
     <row r="22" spans="1:74" ht="24.95" customHeight="1">
-      <c r="A22" s="62"/>
-      <c r="B22" s="63" t="s">
+      <c r="A22" s="61"/>
+      <c r="B22" s="62" t="s">
         <v>3</v>
       </c>
-      <c r="C22" s="14">
-[...104 lines deleted...]
-      <c r="BV22" s="33"/>
+      <c r="C22" s="14"/>
+      <c r="D22" s="15"/>
+      <c r="E22" s="14"/>
+      <c r="F22" s="15"/>
+      <c r="G22" s="14"/>
+      <c r="H22" s="16"/>
+      <c r="I22" s="17"/>
+      <c r="J22" s="18"/>
+      <c r="K22" s="17"/>
+      <c r="L22" s="15"/>
+      <c r="M22" s="14"/>
+      <c r="N22" s="15"/>
+      <c r="O22" s="14"/>
+      <c r="P22" s="15"/>
+      <c r="Q22" s="14"/>
+      <c r="R22" s="15"/>
+      <c r="S22" s="14"/>
+      <c r="T22" s="15"/>
+      <c r="U22" s="14"/>
+      <c r="V22" s="15"/>
+      <c r="W22" s="14"/>
+      <c r="X22" s="15"/>
+      <c r="Y22" s="14"/>
+      <c r="Z22" s="15"/>
+      <c r="AA22" s="14"/>
+      <c r="AB22" s="15"/>
+      <c r="AC22" s="14"/>
+      <c r="AD22" s="15"/>
+      <c r="AE22" s="14"/>
+      <c r="AF22" s="15"/>
+      <c r="AG22" s="14"/>
+      <c r="AH22" s="16"/>
+      <c r="AI22" s="17"/>
+      <c r="AJ22" s="19"/>
+      <c r="AK22" s="63">
+        <v>155.07</v>
+      </c>
+      <c r="BV22" s="32"/>
     </row>
     <row r="23" spans="1:74" ht="24.95" customHeight="1">
-      <c r="A23" s="62"/>
-      <c r="B23" s="63" t="s">
+      <c r="A23" s="61"/>
+      <c r="B23" s="62" t="s">
         <v>4</v>
       </c>
-      <c r="C23" s="14">
-[...104 lines deleted...]
-      <c r="BV23" s="33"/>
+      <c r="C23" s="14"/>
+      <c r="D23" s="15"/>
+      <c r="E23" s="14"/>
+      <c r="F23" s="15"/>
+      <c r="G23" s="14"/>
+      <c r="H23" s="16"/>
+      <c r="I23" s="17"/>
+      <c r="J23" s="18"/>
+      <c r="K23" s="17"/>
+      <c r="L23" s="15"/>
+      <c r="M23" s="14"/>
+      <c r="N23" s="15"/>
+      <c r="O23" s="14"/>
+      <c r="P23" s="15"/>
+      <c r="Q23" s="14"/>
+      <c r="R23" s="15"/>
+      <c r="S23" s="14"/>
+      <c r="T23" s="15"/>
+      <c r="U23" s="14"/>
+      <c r="V23" s="15"/>
+      <c r="W23" s="14"/>
+      <c r="X23" s="15"/>
+      <c r="Y23" s="14"/>
+      <c r="Z23" s="15"/>
+      <c r="AA23" s="14"/>
+      <c r="AB23" s="15"/>
+      <c r="AC23" s="14"/>
+      <c r="AD23" s="15"/>
+      <c r="AE23" s="14"/>
+      <c r="AF23" s="15"/>
+      <c r="AG23" s="14"/>
+      <c r="AH23" s="16"/>
+      <c r="AI23" s="17"/>
+      <c r="AJ23" s="19"/>
+      <c r="AK23" s="63"/>
+      <c r="BV23" s="32"/>
     </row>
     <row r="24" spans="1:74" ht="24.95" customHeight="1">
-      <c r="A24" s="62"/>
-      <c r="B24" s="63" t="s">
+      <c r="A24" s="61"/>
+      <c r="B24" s="62" t="s">
         <v>5</v>
       </c>
-      <c r="C24" s="14">
-[...104 lines deleted...]
-      <c r="BV24" s="33"/>
+      <c r="C24" s="14"/>
+      <c r="D24" s="15"/>
+      <c r="E24" s="14"/>
+      <c r="F24" s="15"/>
+      <c r="G24" s="14"/>
+      <c r="H24" s="16"/>
+      <c r="I24" s="17"/>
+      <c r="J24" s="18"/>
+      <c r="K24" s="17"/>
+      <c r="L24" s="15"/>
+      <c r="M24" s="14"/>
+      <c r="N24" s="15"/>
+      <c r="O24" s="14"/>
+      <c r="P24" s="15"/>
+      <c r="Q24" s="14"/>
+      <c r="R24" s="15"/>
+      <c r="S24" s="14"/>
+      <c r="T24" s="15"/>
+      <c r="U24" s="14"/>
+      <c r="V24" s="15"/>
+      <c r="W24" s="14"/>
+      <c r="X24" s="15"/>
+      <c r="Y24" s="14"/>
+      <c r="Z24" s="15"/>
+      <c r="AA24" s="14"/>
+      <c r="AB24" s="15"/>
+      <c r="AC24" s="14"/>
+      <c r="AD24" s="15"/>
+      <c r="AE24" s="14"/>
+      <c r="AF24" s="15"/>
+      <c r="AG24" s="14"/>
+      <c r="AH24" s="16"/>
+      <c r="AI24" s="17"/>
+      <c r="AJ24" s="19"/>
+      <c r="AK24" s="63"/>
+      <c r="BV24" s="32"/>
     </row>
     <row r="25" spans="1:74" ht="24.95" customHeight="1">
-      <c r="A25" s="62"/>
-      <c r="B25" s="63" t="s">
+      <c r="A25" s="61"/>
+      <c r="B25" s="62" t="s">
         <v>6</v>
       </c>
-      <c r="C25" s="14">
-[...104 lines deleted...]
-      <c r="BV25" s="33"/>
+      <c r="C25" s="14"/>
+      <c r="D25" s="15"/>
+      <c r="E25" s="14"/>
+      <c r="F25" s="15"/>
+      <c r="G25" s="14"/>
+      <c r="H25" s="16"/>
+      <c r="I25" s="17"/>
+      <c r="J25" s="18"/>
+      <c r="K25" s="17"/>
+      <c r="L25" s="15"/>
+      <c r="M25" s="14"/>
+      <c r="N25" s="15"/>
+      <c r="O25" s="14"/>
+      <c r="P25" s="15"/>
+      <c r="Q25" s="14"/>
+      <c r="R25" s="15"/>
+      <c r="S25" s="14"/>
+      <c r="T25" s="15"/>
+      <c r="U25" s="14"/>
+      <c r="V25" s="15"/>
+      <c r="W25" s="14"/>
+      <c r="X25" s="15"/>
+      <c r="Y25" s="14"/>
+      <c r="Z25" s="15"/>
+      <c r="AA25" s="14"/>
+      <c r="AB25" s="15"/>
+      <c r="AC25" s="14"/>
+      <c r="AD25" s="15"/>
+      <c r="AE25" s="14"/>
+      <c r="AF25" s="15"/>
+      <c r="AG25" s="14"/>
+      <c r="AH25" s="16"/>
+      <c r="AI25" s="17"/>
+      <c r="AJ25" s="19"/>
+      <c r="AK25" s="63"/>
+      <c r="BV25" s="32"/>
     </row>
     <row r="26" spans="1:74" ht="24.95" customHeight="1">
-      <c r="A26" s="62"/>
-      <c r="B26" s="63" t="s">
+      <c r="A26" s="61"/>
+      <c r="B26" s="62" t="s">
         <v>7</v>
       </c>
-      <c r="C26" s="14">
-[...104 lines deleted...]
-      <c r="BV26" s="33"/>
+      <c r="C26" s="14"/>
+      <c r="D26" s="15"/>
+      <c r="E26" s="14"/>
+      <c r="F26" s="15"/>
+      <c r="G26" s="14"/>
+      <c r="H26" s="16"/>
+      <c r="I26" s="17"/>
+      <c r="J26" s="18"/>
+      <c r="K26" s="17"/>
+      <c r="L26" s="15"/>
+      <c r="M26" s="14"/>
+      <c r="N26" s="15"/>
+      <c r="O26" s="14"/>
+      <c r="P26" s="15"/>
+      <c r="Q26" s="14"/>
+      <c r="R26" s="15"/>
+      <c r="S26" s="14"/>
+      <c r="T26" s="15"/>
+      <c r="U26" s="14"/>
+      <c r="V26" s="15"/>
+      <c r="W26" s="14"/>
+      <c r="X26" s="15"/>
+      <c r="Y26" s="14"/>
+      <c r="Z26" s="15"/>
+      <c r="AA26" s="14"/>
+      <c r="AB26" s="15"/>
+      <c r="AC26" s="14"/>
+      <c r="AD26" s="15"/>
+      <c r="AE26" s="14"/>
+      <c r="AF26" s="15"/>
+      <c r="AG26" s="14"/>
+      <c r="AH26" s="16"/>
+      <c r="AI26" s="17"/>
+      <c r="AJ26" s="19"/>
+      <c r="AK26" s="63"/>
+      <c r="BV26" s="32"/>
     </row>
     <row r="27" spans="1:74" ht="24.95" customHeight="1">
-      <c r="A27" s="62"/>
-      <c r="B27" s="63" t="s">
+      <c r="A27" s="61"/>
+      <c r="B27" s="62" t="s">
         <v>8</v>
       </c>
-      <c r="C27" s="14">
-[...104 lines deleted...]
-      <c r="BV27" s="33"/>
+      <c r="C27" s="14"/>
+      <c r="D27" s="15"/>
+      <c r="E27" s="14"/>
+      <c r="F27" s="15"/>
+      <c r="G27" s="14"/>
+      <c r="H27" s="16"/>
+      <c r="I27" s="17"/>
+      <c r="J27" s="18"/>
+      <c r="K27" s="17"/>
+      <c r="L27" s="15"/>
+      <c r="M27" s="14"/>
+      <c r="N27" s="15"/>
+      <c r="O27" s="14"/>
+      <c r="P27" s="15"/>
+      <c r="Q27" s="14"/>
+      <c r="R27" s="15"/>
+      <c r="S27" s="14"/>
+      <c r="T27" s="15"/>
+      <c r="U27" s="14"/>
+      <c r="V27" s="15"/>
+      <c r="W27" s="14"/>
+      <c r="X27" s="15"/>
+      <c r="Y27" s="14"/>
+      <c r="Z27" s="15"/>
+      <c r="AA27" s="14"/>
+      <c r="AB27" s="15"/>
+      <c r="AC27" s="14"/>
+      <c r="AD27" s="15"/>
+      <c r="AE27" s="14"/>
+      <c r="AF27" s="15"/>
+      <c r="AG27" s="14"/>
+      <c r="AH27" s="16"/>
+      <c r="AI27" s="17"/>
+      <c r="AJ27" s="19"/>
+      <c r="AK27" s="63"/>
+      <c r="BV27" s="32"/>
     </row>
     <row r="28" spans="1:74" ht="24.95" customHeight="1">
-      <c r="A28" s="62"/>
-      <c r="B28" s="63" t="s">
+      <c r="A28" s="61"/>
+      <c r="B28" s="62" t="s">
         <v>9</v>
       </c>
-      <c r="C28" s="14">
-[...104 lines deleted...]
-      <c r="BV28" s="33"/>
+      <c r="C28" s="14"/>
+      <c r="D28" s="15"/>
+      <c r="E28" s="14"/>
+      <c r="F28" s="15"/>
+      <c r="G28" s="14"/>
+      <c r="H28" s="16"/>
+      <c r="I28" s="17"/>
+      <c r="J28" s="18"/>
+      <c r="K28" s="17"/>
+      <c r="L28" s="15"/>
+      <c r="M28" s="14"/>
+      <c r="N28" s="15"/>
+      <c r="O28" s="14"/>
+      <c r="P28" s="15"/>
+      <c r="Q28" s="14"/>
+      <c r="R28" s="15"/>
+      <c r="S28" s="14"/>
+      <c r="T28" s="15"/>
+      <c r="U28" s="14"/>
+      <c r="V28" s="15"/>
+      <c r="W28" s="14"/>
+      <c r="X28" s="15"/>
+      <c r="Y28" s="14"/>
+      <c r="Z28" s="15"/>
+      <c r="AA28" s="14"/>
+      <c r="AB28" s="15"/>
+      <c r="AC28" s="14"/>
+      <c r="AD28" s="15"/>
+      <c r="AE28" s="14"/>
+      <c r="AF28" s="15"/>
+      <c r="AG28" s="14"/>
+      <c r="AH28" s="16"/>
+      <c r="AI28" s="17"/>
+      <c r="AJ28" s="19"/>
+      <c r="AK28" s="66"/>
+      <c r="BV28" s="32"/>
     </row>
     <row r="29" spans="1:74" ht="24.95" customHeight="1">
-      <c r="A29" s="62"/>
-      <c r="B29" s="63" t="s">
+      <c r="A29" s="61"/>
+      <c r="B29" s="62" t="s">
         <v>10</v>
       </c>
-      <c r="C29" s="14">
-[...104 lines deleted...]
-      <c r="BV29" s="33"/>
+      <c r="C29" s="14"/>
+      <c r="D29" s="15"/>
+      <c r="E29" s="14"/>
+      <c r="F29" s="15"/>
+      <c r="G29" s="14"/>
+      <c r="H29" s="16"/>
+      <c r="I29" s="17"/>
+      <c r="J29" s="18"/>
+      <c r="K29" s="17"/>
+      <c r="L29" s="15"/>
+      <c r="M29" s="14"/>
+      <c r="N29" s="15"/>
+      <c r="O29" s="14"/>
+      <c r="P29" s="15"/>
+      <c r="Q29" s="14"/>
+      <c r="R29" s="15"/>
+      <c r="S29" s="14"/>
+      <c r="T29" s="15"/>
+      <c r="U29" s="14"/>
+      <c r="V29" s="15"/>
+      <c r="W29" s="14"/>
+      <c r="X29" s="15"/>
+      <c r="Y29" s="14"/>
+      <c r="Z29" s="15"/>
+      <c r="AA29" s="14"/>
+      <c r="AB29" s="15"/>
+      <c r="AC29" s="14"/>
+      <c r="AD29" s="15"/>
+      <c r="AE29" s="14"/>
+      <c r="AF29" s="15"/>
+      <c r="AG29" s="14"/>
+      <c r="AH29" s="16"/>
+      <c r="AI29" s="17"/>
+      <c r="AJ29" s="19"/>
+      <c r="AK29" s="66"/>
+      <c r="BV29" s="32"/>
     </row>
     <row r="30" spans="1:74" ht="24.95" customHeight="1">
-      <c r="A30" s="62"/>
-      <c r="B30" s="63" t="s">
+      <c r="A30" s="61"/>
+      <c r="B30" s="62" t="s">
         <v>11</v>
       </c>
-      <c r="C30" s="14">
-[...104 lines deleted...]
-      <c r="BV30" s="33"/>
+      <c r="C30" s="14"/>
+      <c r="D30" s="15"/>
+      <c r="E30" s="14"/>
+      <c r="F30" s="15"/>
+      <c r="G30" s="14"/>
+      <c r="H30" s="16"/>
+      <c r="I30" s="17"/>
+      <c r="J30" s="18"/>
+      <c r="K30" s="17"/>
+      <c r="L30" s="15"/>
+      <c r="M30" s="14"/>
+      <c r="N30" s="15"/>
+      <c r="O30" s="14"/>
+      <c r="P30" s="15"/>
+      <c r="Q30" s="14"/>
+      <c r="R30" s="15"/>
+      <c r="S30" s="14"/>
+      <c r="T30" s="15"/>
+      <c r="U30" s="14"/>
+      <c r="V30" s="15"/>
+      <c r="W30" s="14"/>
+      <c r="X30" s="15"/>
+      <c r="Y30" s="14"/>
+      <c r="Z30" s="15"/>
+      <c r="AA30" s="14"/>
+      <c r="AB30" s="15"/>
+      <c r="AC30" s="14"/>
+      <c r="AD30" s="15"/>
+      <c r="AE30" s="14"/>
+      <c r="AF30" s="15"/>
+      <c r="AG30" s="14"/>
+      <c r="AH30" s="16"/>
+      <c r="AI30" s="17"/>
+      <c r="AJ30" s="19"/>
+      <c r="AK30" s="63"/>
+      <c r="BV30" s="32"/>
     </row>
     <row r="31" spans="1:74" ht="24.95" customHeight="1">
-      <c r="A31" s="62"/>
-      <c r="B31" s="63" t="s">
+      <c r="A31" s="61"/>
+      <c r="B31" s="62" t="s">
         <v>12</v>
       </c>
       <c r="C31" s="14"/>
       <c r="D31" s="15"/>
       <c r="E31" s="14"/>
       <c r="F31" s="15"/>
       <c r="G31" s="14"/>
       <c r="H31" s="16"/>
       <c r="I31" s="17"/>
       <c r="J31" s="18"/>
       <c r="K31" s="17"/>
       <c r="L31" s="15"/>
       <c r="M31" s="14"/>
       <c r="N31" s="15"/>
       <c r="O31" s="14"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="14"/>
       <c r="R31" s="15"/>
       <c r="S31" s="14"/>
       <c r="T31" s="15"/>
       <c r="U31" s="14"/>
       <c r="V31" s="15"/>
       <c r="W31" s="14"/>
       <c r="X31" s="15"/>
       <c r="Y31" s="14"/>
       <c r="Z31" s="15"/>
       <c r="AA31" s="14"/>
       <c r="AB31" s="15"/>
       <c r="AC31" s="14"/>
       <c r="AD31" s="15"/>
       <c r="AE31" s="14"/>
       <c r="AF31" s="15"/>
       <c r="AG31" s="14"/>
       <c r="AH31" s="16"/>
       <c r="AI31" s="17"/>
       <c r="AJ31" s="19"/>
-      <c r="AK31" s="68">
-[...2 lines deleted...]
-      <c r="BV31" s="33"/>
+      <c r="AK31" s="67"/>
+      <c r="BV31" s="32"/>
     </row>
     <row r="32" spans="1:74" ht="24.75" customHeight="1">
-      <c r="A32" s="65"/>
-      <c r="B32" s="69" t="s">
+      <c r="A32" s="64"/>
+      <c r="B32" s="68" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="8"/>
       <c r="D32" s="9"/>
       <c r="E32" s="8"/>
       <c r="F32" s="9"/>
       <c r="G32" s="8"/>
       <c r="H32" s="10"/>
       <c r="I32" s="11"/>
       <c r="J32" s="12"/>
       <c r="K32" s="11"/>
       <c r="L32" s="9"/>
       <c r="M32" s="8"/>
       <c r="N32" s="9"/>
       <c r="O32" s="8"/>
       <c r="P32" s="9"/>
       <c r="Q32" s="8"/>
       <c r="R32" s="9"/>
       <c r="S32" s="8"/>
       <c r="T32" s="9"/>
       <c r="U32" s="8"/>
       <c r="V32" s="9"/>
       <c r="W32" s="8"/>
       <c r="X32" s="9"/>
       <c r="Y32" s="8"/>
       <c r="Z32" s="9"/>
       <c r="AA32" s="8"/>
       <c r="AB32" s="9"/>
       <c r="AC32" s="8"/>
       <c r="AD32" s="9"/>
       <c r="AE32" s="8"/>
       <c r="AF32" s="9"/>
       <c r="AG32" s="8"/>
       <c r="AH32" s="10"/>
       <c r="AI32" s="11"/>
       <c r="AJ32" s="13"/>
-      <c r="AK32" s="70"/>
-      <c r="BV32" s="33"/>
+      <c r="AK32" s="69"/>
+      <c r="BV32" s="32"/>
     </row>
     <row r="33" spans="1:74" ht="24.95" customHeight="1">
       <c r="A33" s="22"/>
-      <c r="B33" s="30" t="s">
-        <v>67</v>
+      <c r="B33" s="29" t="s">
+        <v>68</v>
       </c>
       <c r="C33" s="1">
-        <v>638491.17700000003</v>
+        <v>49414.131999999998</v>
       </c>
       <c r="D33" s="2">
-        <v>100.08455984646085</v>
+        <v>102.00395307095813</v>
       </c>
       <c r="E33" s="1">
-        <v>643.93200000000002</v>
+        <v>35.582000000000001</v>
       </c>
       <c r="F33" s="2">
-        <v>97.624472976845084</v>
+        <v>91.182123363144811</v>
       </c>
       <c r="G33" s="1">
-        <v>32499.037</v>
+        <v>2859.9789999999998</v>
       </c>
       <c r="H33" s="3">
-        <v>100.45480483232221</v>
+        <v>102.80002731769035</v>
       </c>
       <c r="I33" s="4">
-        <v>671634.14599999995</v>
+        <v>52309.692999999999</v>
       </c>
       <c r="J33" s="5">
-        <v>100.0999935576201</v>
+        <v>102.03891768824687</v>
       </c>
       <c r="K33" s="4">
-        <v>8505.1049999999996</v>
+        <v>995.67100000000005</v>
       </c>
       <c r="L33" s="2">
-        <v>90.462844959127892</v>
+        <v>144.20338236806316</v>
       </c>
       <c r="M33" s="1">
-        <v>38739.995000000003</v>
+        <v>3390.5729999999999</v>
       </c>
       <c r="N33" s="2">
-        <v>96.475090123534443</v>
+        <v>99.894965967795073</v>
       </c>
       <c r="O33" s="1">
-        <v>44643.048999999999</v>
+        <v>3494.194</v>
       </c>
       <c r="P33" s="2">
-        <v>91.558888084225629</v>
+        <v>87.963624252545799</v>
       </c>
       <c r="Q33" s="1">
-        <v>1133.4459999999999</v>
+        <v>76.338999999999999</v>
       </c>
       <c r="R33" s="2">
-        <v>97.482199083013029</v>
+        <v>173.23000816919307</v>
       </c>
       <c r="S33" s="1">
-        <v>14684.267</v>
+        <v>1337.789</v>
       </c>
       <c r="T33" s="2">
-        <v>119.89955043385227</v>
+        <v>142.32721485117651</v>
       </c>
       <c r="U33" s="1">
-        <v>81674.104999999996</v>
+        <v>7516.2049999999999</v>
       </c>
       <c r="V33" s="2">
-        <v>104.24392219365362</v>
+        <v>114.65524355718716</v>
       </c>
       <c r="W33" s="1">
-        <v>3885.0070000000001</v>
+        <v>408.77499999999998</v>
       </c>
       <c r="X33" s="2">
-        <v>99.998018060870749</v>
+        <v>132.9933466725229</v>
       </c>
       <c r="Y33" s="1">
-        <v>4914.7120000000004</v>
+        <v>532.52599999999995</v>
       </c>
       <c r="Z33" s="2">
-        <v>93.738457239693645</v>
+        <v>131.77259511289822</v>
       </c>
       <c r="AA33" s="1">
-        <v>3127.63</v>
+        <v>254.34800000000001</v>
       </c>
       <c r="AB33" s="2">
-        <v>89.86419936122212</v>
+        <v>75.113993432088265</v>
       </c>
       <c r="AC33" s="1">
-        <v>249.33199999999999</v>
+        <v>17.983000000000001</v>
       </c>
       <c r="AD33" s="2">
-        <v>106.7281926596865</v>
+        <v>112.90889684184089</v>
       </c>
       <c r="AE33" s="1">
-        <v>5002.4390000000003</v>
+        <v>562.25</v>
       </c>
       <c r="AF33" s="2">
-        <v>107.64171923297481</v>
+        <v>181.49567283326931</v>
       </c>
       <c r="AG33" s="1">
-        <v>90530.527000000002</v>
+        <v>8000.6329999999998</v>
       </c>
       <c r="AH33" s="3">
-        <v>96.976685603629704</v>
+        <v>100.19580468273128</v>
       </c>
       <c r="AI33" s="4">
-        <v>968723.76</v>
+        <v>78896.979000000007</v>
       </c>
       <c r="AJ33" s="6">
-        <v>99.675198320998419</v>
-[...2 lines deleted...]
-      <c r="BV33" s="33"/>
+        <v>103.50989381905376</v>
+      </c>
+      <c r="AK33" s="74"/>
+      <c r="BV33" s="32"/>
     </row>
     <row r="34" spans="1:74" ht="18" customHeight="1">
-      <c r="A34" s="71" t="s">
-[...2 lines deleted...]
-      <c r="B34" s="72"/>
+      <c r="A34" s="70" t="s">
+        <v>63</v>
+      </c>
+      <c r="B34" s="71"/>
     </row>
     <row r="35" spans="1:74" ht="18" customHeight="1">
-      <c r="A35" s="71" t="s">
+      <c r="A35" s="70" t="s">
         <v>45</v>
       </c>
-      <c r="BD35" s="73"/>
+      <c r="BD35" s="72"/>
+    </row>
+    <row r="36" spans="1:74" ht="19.5" customHeight="1">
+      <c r="A36" s="73"/>
     </row>
   </sheetData>
   <mergeCells count="18">
     <mergeCell ref="AG3:AH3"/>
     <mergeCell ref="AI3:AJ3"/>
     <mergeCell ref="U3:V3"/>
     <mergeCell ref="W3:X3"/>
     <mergeCell ref="Y3:Z3"/>
     <mergeCell ref="AA3:AB3"/>
     <mergeCell ref="AC3:AD3"/>
     <mergeCell ref="AE3:AF3"/>
     <mergeCell ref="A1:AJ1"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:F3"/>
     <mergeCell ref="G3:H3"/>
     <mergeCell ref="I3:J3"/>
     <mergeCell ref="K3:L3"/>
     <mergeCell ref="M3:N3"/>
     <mergeCell ref="O3:P3"/>
     <mergeCell ref="Q3:R3"/>
     <mergeCell ref="S3:T3"/>
   </mergeCells>
   <phoneticPr fontId="7"/>
   <printOptions horizontalCentered="1" verticalCentered="1" gridLinesSet="0"/>
   <pageMargins left="0" right="0" top="0.59055118110236227" bottom="0" header="0" footer="0"/>
   <pageSetup paperSize="12" scale="63" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader xml:space="preserve">&amp;C
 </oddHeader>
     <oddFooter xml:space="preserve">&amp;C
 </oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4476078C-5ECA-4F89-A97A-2B35207406D6}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F5718584-5EBA-410F-96CF-FFA7C0CC4CDF}">
   <dimension ref="A1:BY37"/>
   <sheetViews>
     <sheetView zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
-      <selection activeCell="AO6" sqref="AO6"/>
+      <selection activeCell="AO5" sqref="AO5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5"/>
   <cols>
-    <col min="1" max="1" width="6.5" style="31" customWidth="1"/>
-[...64 lines deleted...]
-    <col min="96" max="16384" width="9" style="31"/>
+    <col min="1" max="1" width="6.5" style="30" customWidth="1"/>
+    <col min="2" max="2" width="4.875" style="30" customWidth="1"/>
+    <col min="3" max="3" width="8.5" style="30" customWidth="1"/>
+    <col min="4" max="4" width="6.5" style="30" customWidth="1"/>
+    <col min="5" max="5" width="8.5" style="30" customWidth="1"/>
+    <col min="6" max="6" width="6.5" style="30" customWidth="1"/>
+    <col min="7" max="7" width="8.5" style="30" customWidth="1"/>
+    <col min="8" max="8" width="6.5" style="30" customWidth="1"/>
+    <col min="9" max="9" width="8.5" style="30" customWidth="1"/>
+    <col min="10" max="10" width="6.5" style="30" customWidth="1"/>
+    <col min="11" max="11" width="8.5" style="30" customWidth="1"/>
+    <col min="12" max="12" width="6.5" style="30" customWidth="1"/>
+    <col min="13" max="13" width="8.5" style="30" customWidth="1"/>
+    <col min="14" max="14" width="6.5" style="30" customWidth="1"/>
+    <col min="15" max="15" width="8.5" style="30" customWidth="1"/>
+    <col min="16" max="16" width="6.5" style="30" customWidth="1"/>
+    <col min="17" max="17" width="8.5" style="30" customWidth="1"/>
+    <col min="18" max="18" width="6.5" style="30" customWidth="1"/>
+    <col min="19" max="19" width="8.5" style="30" customWidth="1"/>
+    <col min="20" max="20" width="6.5" style="30" customWidth="1"/>
+    <col min="21" max="21" width="8.5" style="30" customWidth="1"/>
+    <col min="22" max="22" width="6.5" style="30" customWidth="1"/>
+    <col min="23" max="23" width="8.5" style="30" customWidth="1"/>
+    <col min="24" max="24" width="6.5" style="30" customWidth="1"/>
+    <col min="25" max="25" width="8.5" style="30" customWidth="1"/>
+    <col min="26" max="26" width="6.5" style="30" customWidth="1"/>
+    <col min="27" max="27" width="8.5" style="30" customWidth="1"/>
+    <col min="28" max="28" width="6.5" style="30" customWidth="1"/>
+    <col min="29" max="29" width="8.5" style="30" customWidth="1"/>
+    <col min="30" max="30" width="6.5" style="30" customWidth="1"/>
+    <col min="31" max="31" width="8.5" style="30" customWidth="1"/>
+    <col min="32" max="32" width="6.5" style="30" customWidth="1"/>
+    <col min="33" max="33" width="8.5" style="30" customWidth="1"/>
+    <col min="34" max="34" width="6.5" style="30" customWidth="1"/>
+    <col min="35" max="35" width="8.5" style="30" customWidth="1"/>
+    <col min="36" max="36" width="6.5" style="30" customWidth="1"/>
+    <col min="37" max="37" width="8.5" style="30" customWidth="1"/>
+    <col min="38" max="38" width="6.5" style="30" customWidth="1"/>
+    <col min="39" max="39" width="8.5" style="30" customWidth="1"/>
+    <col min="40" max="40" width="6.5" style="30" customWidth="1"/>
+    <col min="41" max="41" width="10.75" style="30" customWidth="1"/>
+    <col min="42" max="42" width="7.5" style="30" bestFit="1" customWidth="1"/>
+    <col min="43" max="43" width="10.75" style="30" customWidth="1"/>
+    <col min="44" max="44" width="7.5" style="30" bestFit="1" customWidth="1"/>
+    <col min="45" max="45" width="10.75" style="30" customWidth="1"/>
+    <col min="46" max="46" width="7.5" style="30" bestFit="1" customWidth="1"/>
+    <col min="47" max="47" width="9.75" style="30" customWidth="1"/>
+    <col min="48" max="48" width="7.5" style="30" customWidth="1"/>
+    <col min="49" max="49" width="10.625" style="30" customWidth="1"/>
+    <col min="50" max="50" width="7.5" style="30" customWidth="1"/>
+    <col min="51" max="51" width="10.625" style="30" customWidth="1"/>
+    <col min="52" max="52" width="7.5" style="30" customWidth="1"/>
+    <col min="53" max="53" width="10.625" style="30" customWidth="1"/>
+    <col min="54" max="54" width="7.5" style="30" customWidth="1"/>
+    <col min="55" max="55" width="10.625" style="30" customWidth="1"/>
+    <col min="56" max="56" width="7.5" style="30" customWidth="1"/>
+    <col min="57" max="57" width="10.625" style="30" customWidth="1"/>
+    <col min="58" max="58" width="7.5" style="30" customWidth="1"/>
+    <col min="59" max="70" width="9.625" style="30" customWidth="1"/>
+    <col min="71" max="73" width="12.625" style="30" customWidth="1"/>
+    <col min="74" max="74" width="10.625" style="30" customWidth="1"/>
+    <col min="75" max="75" width="12.625" style="30" customWidth="1"/>
+    <col min="76" max="76" width="10.625" style="30" customWidth="1"/>
+    <col min="77" max="78" width="12.625" style="30" customWidth="1"/>
+    <col min="79" max="95" width="10.625" style="30" customWidth="1"/>
+    <col min="96" max="16384" width="9" style="30"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:77" ht="27.75" customHeight="1">
-      <c r="A1" s="32" t="s">
+      <c r="A1" s="31" t="s">
         <v>32</v>
       </c>
-      <c r="B1" s="32"/>
-[...38 lines deleted...]
-      <c r="BY1" s="33"/>
+      <c r="B1" s="31"/>
+      <c r="C1" s="31"/>
+      <c r="D1" s="31"/>
+      <c r="E1" s="31"/>
+      <c r="F1" s="31"/>
+      <c r="G1" s="31"/>
+      <c r="H1" s="31"/>
+      <c r="I1" s="31"/>
+      <c r="J1" s="31"/>
+      <c r="K1" s="31"/>
+      <c r="L1" s="31"/>
+      <c r="M1" s="31"/>
+      <c r="N1" s="31"/>
+      <c r="O1" s="31"/>
+      <c r="P1" s="31"/>
+      <c r="Q1" s="31"/>
+      <c r="R1" s="31"/>
+      <c r="S1" s="31"/>
+      <c r="T1" s="31"/>
+      <c r="U1" s="31"/>
+      <c r="V1" s="31"/>
+      <c r="W1" s="31"/>
+      <c r="X1" s="31"/>
+      <c r="Y1" s="31"/>
+      <c r="Z1" s="31"/>
+      <c r="AA1" s="31"/>
+      <c r="AB1" s="31"/>
+      <c r="AC1" s="31"/>
+      <c r="AD1" s="31"/>
+      <c r="AE1" s="31"/>
+      <c r="AF1" s="31"/>
+      <c r="AG1" s="31"/>
+      <c r="AH1" s="31"/>
+      <c r="AI1" s="31"/>
+      <c r="AJ1" s="31"/>
+      <c r="AK1" s="31"/>
+      <c r="AL1" s="31"/>
+      <c r="AM1" s="31"/>
+      <c r="AN1" s="31"/>
+      <c r="BY1" s="32"/>
     </row>
     <row r="2" spans="1:77" ht="18" customHeight="1">
-      <c r="A2" s="34"/>
-      <c r="AN2" s="35" t="s">
+      <c r="A2" s="33"/>
+      <c r="AN2" s="34" t="s">
         <v>33</v>
       </c>
-      <c r="BY2" s="33"/>
+      <c r="BY2" s="32"/>
     </row>
     <row r="3" spans="1:77" ht="24.95" customHeight="1">
-      <c r="A3" s="36"/>
-[...1 lines deleted...]
-      <c r="C3" s="38" t="s">
+      <c r="A3" s="35"/>
+      <c r="B3" s="36"/>
+      <c r="C3" s="37" t="s">
         <v>22</v>
       </c>
-      <c r="D3" s="39"/>
-      <c r="E3" s="38" t="s">
+      <c r="D3" s="38"/>
+      <c r="E3" s="37" t="s">
         <v>23</v>
       </c>
-      <c r="F3" s="40"/>
-      <c r="G3" s="38" t="s">
+      <c r="F3" s="39"/>
+      <c r="G3" s="37" t="s">
         <v>24</v>
       </c>
-      <c r="H3" s="40"/>
-      <c r="I3" s="41" t="s">
+      <c r="H3" s="39"/>
+      <c r="I3" s="40" t="s">
         <v>34</v>
       </c>
-      <c r="J3" s="42"/>
-      <c r="K3" s="41" t="s">
+      <c r="J3" s="41"/>
+      <c r="K3" s="40" t="s">
         <v>35</v>
       </c>
-      <c r="L3" s="39"/>
-      <c r="M3" s="38" t="s">
+      <c r="L3" s="38"/>
+      <c r="M3" s="37" t="s">
         <v>36</v>
       </c>
-      <c r="N3" s="40"/>
-      <c r="O3" s="38" t="s">
+      <c r="N3" s="39"/>
+      <c r="O3" s="37" t="s">
         <v>37</v>
       </c>
-      <c r="P3" s="40"/>
-      <c r="Q3" s="41" t="s">
+      <c r="P3" s="39"/>
+      <c r="Q3" s="40" t="s">
         <v>38</v>
       </c>
-      <c r="R3" s="42"/>
-      <c r="S3" s="41" t="s">
+      <c r="R3" s="41"/>
+      <c r="S3" s="40" t="s">
         <v>25</v>
       </c>
-      <c r="T3" s="39"/>
-      <c r="U3" s="38" t="s">
+      <c r="T3" s="38"/>
+      <c r="U3" s="37" t="s">
         <v>39</v>
       </c>
-      <c r="V3" s="40"/>
-      <c r="W3" s="43" t="s">
+      <c r="V3" s="39"/>
+      <c r="W3" s="42" t="s">
         <v>1</v>
       </c>
-      <c r="X3" s="44"/>
-      <c r="Y3" s="38" t="s">
+      <c r="X3" s="43"/>
+      <c r="Y3" s="37" t="s">
         <v>26</v>
       </c>
-      <c r="Z3" s="39"/>
-      <c r="AA3" s="38" t="s">
+      <c r="Z3" s="38"/>
+      <c r="AA3" s="37" t="s">
         <v>27</v>
       </c>
-      <c r="AB3" s="39"/>
-      <c r="AC3" s="38" t="s">
+      <c r="AB3" s="38"/>
+      <c r="AC3" s="37" t="s">
         <v>28</v>
       </c>
-      <c r="AD3" s="40"/>
-      <c r="AE3" s="38" t="s">
+      <c r="AD3" s="39"/>
+      <c r="AE3" s="37" t="s">
         <v>29</v>
       </c>
-      <c r="AF3" s="39"/>
-      <c r="AG3" s="45" t="s">
+      <c r="AF3" s="38"/>
+      <c r="AG3" s="44" t="s">
         <v>2</v>
       </c>
-      <c r="AH3" s="46"/>
-      <c r="AI3" s="38" t="s">
+      <c r="AH3" s="45"/>
+      <c r="AI3" s="37" t="s">
         <v>30</v>
       </c>
-      <c r="AJ3" s="39"/>
-      <c r="AK3" s="38" t="s">
+      <c r="AJ3" s="38"/>
+      <c r="AK3" s="37" t="s">
         <v>40</v>
       </c>
-      <c r="AL3" s="40"/>
-      <c r="AM3" s="41" t="s">
+      <c r="AL3" s="39"/>
+      <c r="AM3" s="40" t="s">
         <v>31</v>
       </c>
-      <c r="AN3" s="39"/>
-      <c r="BY3" s="33"/>
+      <c r="AN3" s="38"/>
+      <c r="BY3" s="32"/>
     </row>
     <row r="4" spans="1:77" ht="22.5">
-      <c r="A4" s="74"/>
-[...2 lines deleted...]
-      <c r="D4" s="54" t="s">
+      <c r="A4" s="75"/>
+      <c r="B4" s="51"/>
+      <c r="C4" s="52"/>
+      <c r="D4" s="53" t="s">
         <v>41</v>
       </c>
-      <c r="E4" s="55"/>
-      <c r="F4" s="54" t="s">
+      <c r="E4" s="54"/>
+      <c r="F4" s="53" t="s">
         <v>41</v>
       </c>
-      <c r="G4" s="55"/>
-      <c r="H4" s="56" t="s">
+      <c r="G4" s="54"/>
+      <c r="H4" s="55" t="s">
         <v>41</v>
       </c>
-      <c r="I4" s="57"/>
-      <c r="J4" s="58" t="s">
+      <c r="I4" s="56"/>
+      <c r="J4" s="57" t="s">
         <v>41</v>
       </c>
-      <c r="K4" s="75"/>
-      <c r="L4" s="54" t="s">
+      <c r="K4" s="76"/>
+      <c r="L4" s="53" t="s">
         <v>41</v>
       </c>
-      <c r="M4" s="55"/>
-      <c r="N4" s="54" t="s">
+      <c r="M4" s="54"/>
+      <c r="N4" s="53" t="s">
         <v>41</v>
       </c>
-      <c r="O4" s="55"/>
-      <c r="P4" s="56" t="s">
+      <c r="O4" s="54"/>
+      <c r="P4" s="55" t="s">
         <v>41</v>
       </c>
-      <c r="Q4" s="57"/>
-      <c r="R4" s="58" t="s">
+      <c r="Q4" s="56"/>
+      <c r="R4" s="57" t="s">
         <v>41</v>
       </c>
-      <c r="S4" s="57"/>
-      <c r="T4" s="54" t="s">
+      <c r="S4" s="56"/>
+      <c r="T4" s="53" t="s">
         <v>41</v>
       </c>
-      <c r="U4" s="55"/>
-      <c r="V4" s="54" t="s">
+      <c r="U4" s="54"/>
+      <c r="V4" s="53" t="s">
         <v>41</v>
       </c>
-      <c r="W4" s="55"/>
-      <c r="X4" s="54" t="s">
+      <c r="W4" s="54"/>
+      <c r="X4" s="53" t="s">
         <v>41</v>
       </c>
-      <c r="Y4" s="55"/>
-      <c r="Z4" s="54" t="s">
+      <c r="Y4" s="54"/>
+      <c r="Z4" s="53" t="s">
         <v>41</v>
       </c>
-      <c r="AA4" s="55"/>
-      <c r="AB4" s="54" t="s">
+      <c r="AA4" s="54"/>
+      <c r="AB4" s="53" t="s">
         <v>41</v>
       </c>
-      <c r="AC4" s="55"/>
-      <c r="AD4" s="54" t="s">
+      <c r="AC4" s="54"/>
+      <c r="AD4" s="53" t="s">
         <v>41</v>
       </c>
-      <c r="AE4" s="55"/>
-      <c r="AF4" s="54" t="s">
+      <c r="AE4" s="54"/>
+      <c r="AF4" s="53" t="s">
         <v>41</v>
       </c>
-      <c r="AG4" s="55"/>
-      <c r="AH4" s="54" t="s">
+      <c r="AG4" s="54"/>
+      <c r="AH4" s="53" t="s">
         <v>41</v>
       </c>
-      <c r="AI4" s="55"/>
-      <c r="AJ4" s="54" t="s">
+      <c r="AI4" s="54"/>
+      <c r="AJ4" s="53" t="s">
         <v>41</v>
       </c>
-      <c r="AK4" s="55"/>
-      <c r="AL4" s="56" t="s">
+      <c r="AK4" s="54"/>
+      <c r="AL4" s="55" t="s">
         <v>41</v>
       </c>
-      <c r="AM4" s="57"/>
-      <c r="AN4" s="54" t="s">
+      <c r="AM4" s="56"/>
+      <c r="AN4" s="53" t="s">
         <v>41</v>
       </c>
-      <c r="BY4" s="33"/>
+      <c r="BY4" s="32"/>
     </row>
     <row r="5" spans="1:77" ht="25.5" customHeight="1">
       <c r="A5" s="28" t="s">
         <v>58</v>
       </c>
       <c r="B5" s="23"/>
       <c r="C5" s="1">
-        <v>128607.98699999999</v>
+        <v>160880.807</v>
       </c>
       <c r="D5" s="2">
-        <v>117.94654952152945</v>
+        <v>125.09394692570687</v>
       </c>
       <c r="E5" s="1">
-        <v>4026.3539999999998</v>
+        <v>5047.8519999999999</v>
       </c>
       <c r="F5" s="2">
-        <v>118.84095101001499</v>
+        <v>125.37029779299087</v>
       </c>
       <c r="G5" s="1">
-        <v>8084.1610000000001</v>
+        <v>11992.436</v>
       </c>
       <c r="H5" s="3">
-        <v>120.69716603203875</v>
+        <v>148.34484370115834</v>
       </c>
       <c r="I5" s="4">
-        <v>140718.50200000001</v>
+        <v>177921.095</v>
       </c>
       <c r="J5" s="5">
-        <v>118.12664227539318</v>
+        <v>126.43759880275019</v>
       </c>
       <c r="K5" s="4">
-        <v>815.93100000000004</v>
+        <v>1119.3679999999999</v>
       </c>
       <c r="L5" s="2">
-        <v>84.579781234969232</v>
+        <v>137.18905152519025</v>
       </c>
       <c r="M5" s="1">
-        <v>67320.167000000001</v>
+        <v>83250.930999999997</v>
       </c>
       <c r="N5" s="2">
-        <v>97.919744408573919</v>
+        <v>123.66417777900045</v>
       </c>
       <c r="O5" s="1">
-        <v>15377.298000000001</v>
+        <v>19695.366000000002</v>
       </c>
       <c r="P5" s="3">
-        <v>126.22552206461781</v>
+        <v>128.08079806998603</v>
       </c>
       <c r="Q5" s="4">
-        <v>83513.395999999993</v>
+        <v>104065.66499999999</v>
       </c>
       <c r="R5" s="5">
-        <v>101.97314841521661</v>
+        <v>124.60954767065155</v>
       </c>
       <c r="S5" s="4">
-        <v>8704.3870000000006</v>
+        <v>12179.494000000001</v>
       </c>
       <c r="T5" s="2">
-        <v>119.78404876028883</v>
+        <v>139.92362701704323</v>
       </c>
       <c r="U5" s="1">
-        <v>15176.291999999999</v>
+        <v>20483.155999999999</v>
       </c>
       <c r="V5" s="2">
-        <v>128.05748232493099</v>
+        <v>134.96812001245101</v>
       </c>
       <c r="W5" s="1">
-        <v>3809.4839999999999</v>
+        <v>4718.2420000000002</v>
       </c>
       <c r="X5" s="2">
-        <v>93.252043744804354</v>
+        <v>123.85514678628391</v>
       </c>
       <c r="Y5" s="1">
-        <v>37321.987000000001</v>
+        <v>43827.701000000001</v>
       </c>
       <c r="Z5" s="2">
-        <v>121.35154558749829</v>
+        <v>117.43131736260453</v>
       </c>
       <c r="AA5" s="1">
-        <v>3456.3409999999999</v>
+        <v>4125.2640000000001</v>
       </c>
       <c r="AB5" s="2">
-        <v>125.75106655926488</v>
+        <v>119.35350128936931</v>
       </c>
       <c r="AC5" s="1">
-        <v>10962.913</v>
+        <v>14712.136</v>
       </c>
       <c r="AD5" s="2">
-        <v>111.36572253085717</v>
+        <v>134.1991494413939</v>
       </c>
       <c r="AE5" s="1">
-        <v>20023.91</v>
+        <v>24659.133999999998</v>
       </c>
       <c r="AF5" s="2">
-        <v>120.0211728274296</v>
+        <v>123.14844603276782</v>
       </c>
       <c r="AG5" s="1">
-        <v>552.66300000000001</v>
+        <v>663.35599999999999</v>
       </c>
       <c r="AH5" s="2">
-        <v>65.423803452647732</v>
+        <v>120.02902311173355</v>
       </c>
       <c r="AI5" s="1">
-        <v>2624.962</v>
+        <v>4312.1819999999998</v>
       </c>
       <c r="AJ5" s="2">
-        <v>118.2329569792461</v>
+        <v>164.2759780903495</v>
       </c>
       <c r="AK5" s="1">
-        <v>194803.495</v>
+        <v>143735.29199999999</v>
       </c>
       <c r="AL5" s="3">
-        <v>142.61750404444783</v>
+        <v>73.784760381224174</v>
       </c>
       <c r="AM5" s="4">
-        <v>521668.33199999999</v>
+        <v>555402.71699999995</v>
       </c>
       <c r="AN5" s="2">
-        <v>123.06005890044504</v>
-[...1 lines deleted...]
-      <c r="BY5" s="33"/>
+        <v>106.46663462791909</v>
+      </c>
+      <c r="BY5" s="32"/>
     </row>
     <row r="6" spans="1:77" ht="24.95" customHeight="1">
       <c r="A6" s="22" t="s">
         <v>59</v>
       </c>
       <c r="B6" s="25"/>
       <c r="C6" s="1">
-        <v>160880.807</v>
+        <v>177461.46</v>
       </c>
       <c r="D6" s="2">
-        <v>125.09394692570687</v>
+        <v>110.30617219616508</v>
       </c>
       <c r="E6" s="1">
-        <v>5047.8519999999999</v>
+        <v>5352.5839999999998</v>
       </c>
       <c r="F6" s="2">
-        <v>125.37029779299087</v>
+        <v>106.03686478922123</v>
       </c>
       <c r="G6" s="1">
-        <v>11992.436</v>
+        <v>11478.415000000001</v>
       </c>
       <c r="H6" s="3">
-        <v>148.34484370115834</v>
+        <v>95.713789925583086</v>
       </c>
       <c r="I6" s="4">
-        <v>177921.095</v>
+        <v>194292.459</v>
       </c>
       <c r="J6" s="5">
-        <v>126.43759880275019</v>
+        <v>109.20147439515253</v>
       </c>
       <c r="K6" s="4">
-        <v>1119.3679999999999</v>
+        <v>1125.982</v>
       </c>
       <c r="L6" s="2">
-        <v>137.18905152519025</v>
+        <v>100.59086913329665</v>
       </c>
       <c r="M6" s="1">
-        <v>83250.930999999997</v>
+        <v>77875.361000000004</v>
       </c>
       <c r="N6" s="2">
-        <v>123.66417777900045</v>
+        <v>93.54293106944354</v>
       </c>
       <c r="O6" s="1">
-        <v>19695.366000000002</v>
+        <v>15529.429</v>
       </c>
       <c r="P6" s="2">
-        <v>128.08079806998603</v>
+        <v>78.848136155479423</v>
       </c>
       <c r="Q6" s="4">
-        <v>104065.66499999999</v>
+        <v>94530.771999999997</v>
       </c>
       <c r="R6" s="2">
-        <v>124.60954767065155</v>
+        <v>90.837618728521079</v>
       </c>
       <c r="S6" s="4">
-        <v>12179.494000000001</v>
+        <v>11575.727999999999</v>
       </c>
       <c r="T6" s="2">
-        <v>139.92362701704323</v>
+        <v>95.042766144472012</v>
       </c>
       <c r="U6" s="1">
-        <v>20483.155999999999</v>
+        <v>24515.715</v>
       </c>
       <c r="V6" s="2">
-        <v>134.96812001245101</v>
+        <v>119.68719566457435</v>
       </c>
       <c r="W6" s="1">
-        <v>4718.2420000000002</v>
+        <v>4224.0640000000003</v>
       </c>
       <c r="X6" s="2">
-        <v>123.85514678628391</v>
+        <v>89.526226081663467</v>
       </c>
       <c r="Y6" s="1">
-        <v>43827.701000000001</v>
+        <v>46061.04</v>
       </c>
       <c r="Z6" s="2">
-        <v>117.43131736260453</v>
+        <v>105.09572473354238</v>
       </c>
       <c r="AA6" s="1">
-        <v>4125.2640000000001</v>
+        <v>3565.7660000000001</v>
       </c>
       <c r="AB6" s="2">
-        <v>119.35350128936931</v>
+        <v>86.437280135283473</v>
       </c>
       <c r="AC6" s="1">
-        <v>14712.136</v>
+        <v>14482.012000000001</v>
       </c>
       <c r="AD6" s="2">
-        <v>134.1991494413939</v>
+        <v>98.435821963581631</v>
       </c>
       <c r="AE6" s="1">
-        <v>24659.133999999998</v>
+        <v>26756.68</v>
       </c>
       <c r="AF6" s="2">
-        <v>123.14844603276782</v>
+        <v>108.50616246296403</v>
       </c>
       <c r="AG6" s="1">
-        <v>663.35599999999999</v>
+        <v>645.55600000000004</v>
       </c>
       <c r="AH6" s="2">
-        <v>120.02902311173355</v>
+        <v>97.316674606093869</v>
       </c>
       <c r="AI6" s="1">
-        <v>4312.1819999999998</v>
+        <v>5481.567</v>
       </c>
       <c r="AJ6" s="2">
-        <v>164.2759780903495</v>
+        <v>127.1181735835825</v>
       </c>
       <c r="AK6" s="1">
-        <v>143735.29199999999</v>
+        <v>138314.52799999999</v>
       </c>
       <c r="AL6" s="3">
-        <v>73.784760381224174</v>
+        <v>96.228647867497983</v>
       </c>
       <c r="AM6" s="4">
-        <v>555402.71699999995</v>
+        <v>564445.88699999999</v>
       </c>
       <c r="AN6" s="2">
-        <v>106.46663462791909</v>
-[...1 lines deleted...]
-      <c r="BY6" s="33"/>
+        <v>101.62821853822513</v>
+      </c>
+      <c r="BY6" s="32"/>
     </row>
     <row r="7" spans="1:77" ht="24.95" customHeight="1">
       <c r="A7" s="22" t="s">
         <v>62</v>
       </c>
       <c r="B7" s="25"/>
       <c r="C7" s="1">
-        <v>177461.46</v>
+        <v>185366.133</v>
       </c>
       <c r="D7" s="2">
-        <v>110.30617219616508</v>
+        <v>104.45430405001738</v>
       </c>
       <c r="E7" s="1">
-        <v>5352.5839999999998</v>
+        <v>4944.6229999999996</v>
       </c>
       <c r="F7" s="2">
-        <v>106.03686478922123</v>
+        <v>92.378241985553146</v>
       </c>
       <c r="G7" s="1">
-        <v>11478.415000000001</v>
+        <v>14096.200999999999</v>
       </c>
       <c r="H7" s="3">
-        <v>95.713789925583086</v>
+        <v>122.80616269755014</v>
       </c>
       <c r="I7" s="4">
-        <v>194292.459</v>
+        <v>204406.95699999999</v>
       </c>
       <c r="J7" s="5">
-        <v>109.20147439515253</v>
+        <v>105.20581089562513</v>
       </c>
       <c r="K7" s="4">
-        <v>1125.982</v>
+        <v>1247.673</v>
       </c>
       <c r="L7" s="2">
-        <v>100.59086913329665</v>
+        <v>110.80754399271035</v>
       </c>
       <c r="M7" s="1">
-        <v>77875.361000000004</v>
+        <v>88104.58</v>
       </c>
       <c r="N7" s="2">
-        <v>93.54293106944354</v>
+        <v>113.13537281708395</v>
       </c>
       <c r="O7" s="1">
-        <v>15529.429</v>
+        <v>14016.392</v>
       </c>
       <c r="P7" s="3">
-        <v>78.848136155479423</v>
+        <v>90.25696952540882</v>
       </c>
       <c r="Q7" s="4">
-        <v>94530.771999999997</v>
+        <v>103368.645</v>
       </c>
       <c r="R7" s="5">
-        <v>90.837618728521079</v>
+        <v>109.34920218360217</v>
       </c>
       <c r="S7" s="4">
-        <v>11575.727999999999</v>
+        <v>12740.339</v>
       </c>
       <c r="T7" s="2">
-        <v>95.042766144472012</v>
+        <v>110.06080135953435</v>
       </c>
       <c r="U7" s="1">
-        <v>24515.715</v>
+        <v>26017.1</v>
       </c>
       <c r="V7" s="2">
-        <v>119.68719566457435</v>
+        <v>106.1241738207513</v>
       </c>
       <c r="W7" s="1">
-        <v>4224.0640000000003</v>
+        <v>4351.9660000000003</v>
       </c>
       <c r="X7" s="2">
-        <v>89.526226081663467</v>
+        <v>103.02793707671097</v>
       </c>
       <c r="Y7" s="1">
-        <v>46061.04</v>
+        <v>45703.161</v>
       </c>
       <c r="Z7" s="2">
-        <v>105.09572473354238</v>
+        <v>99.223033175108512</v>
       </c>
       <c r="AA7" s="1">
-        <v>3565.7660000000001</v>
+        <v>3967.5</v>
       </c>
       <c r="AB7" s="2">
-        <v>86.437280135283473</v>
+        <v>111.26641512651139</v>
       </c>
       <c r="AC7" s="1">
-        <v>14482.012000000001</v>
+        <v>19614.649000000001</v>
       </c>
       <c r="AD7" s="2">
-        <v>98.435821963581631</v>
+        <v>135.44146352040033</v>
       </c>
       <c r="AE7" s="1">
-        <v>26756.68</v>
+        <v>26478.056</v>
       </c>
       <c r="AF7" s="2">
-        <v>108.50616246296403</v>
+        <v>98.958674992562607</v>
       </c>
       <c r="AG7" s="1">
-        <v>645.55600000000004</v>
+        <v>573.79499999999996</v>
       </c>
       <c r="AH7" s="2">
-        <v>97.316674606093869</v>
+        <v>88.883845863100959</v>
       </c>
       <c r="AI7" s="1">
-        <v>5481.567</v>
+        <v>5414.3649999999998</v>
       </c>
       <c r="AJ7" s="2">
-        <v>127.1181735835825</v>
+        <v>98.774036694251848</v>
       </c>
       <c r="AK7" s="1">
-        <v>138314.52799999999</v>
+        <v>147831.639</v>
       </c>
       <c r="AL7" s="3">
-        <v>96.228647867497983</v>
+        <v>106.88077466453849</v>
       </c>
       <c r="AM7" s="4">
-        <v>564445.88699999999</v>
+        <v>600468.17200000002</v>
       </c>
       <c r="AN7" s="2">
-        <v>101.62821853822513</v>
-[...1 lines deleted...]
-      <c r="BY7" s="33"/>
+        <v>106.38188457558908</v>
+      </c>
+      <c r="BY7" s="32"/>
     </row>
     <row r="8" spans="1:77" ht="24.95" customHeight="1">
-      <c r="A8" s="51" t="s">
+      <c r="A8" s="50" t="s">
         <v>61</v>
       </c>
-      <c r="B8" s="35" t="s">
+      <c r="B8" s="34" t="s">
         <v>42</v>
       </c>
       <c r="C8" s="8">
-        <v>13705.625</v>
+        <v>16997.642</v>
       </c>
       <c r="D8" s="9">
-        <v>97.65297972287911</v>
+        <v>124.01945916366455</v>
       </c>
       <c r="E8" s="8">
-        <v>441.43700000000001</v>
+        <v>518.71600000000001</v>
       </c>
       <c r="F8" s="20">
-        <v>69.051998961334746</v>
+        <v>117.50623531783697</v>
       </c>
       <c r="G8" s="8">
-        <v>1245.5219999999999</v>
+        <v>1075.7059999999999</v>
       </c>
       <c r="H8" s="10">
-        <v>119.47384475485032</v>
+        <v>86.365877118188195</v>
       </c>
       <c r="I8" s="11">
-        <v>15392.584000000001</v>
+        <v>18592.063999999998</v>
       </c>
       <c r="J8" s="12">
-        <v>97.937025166290027</v>
+        <v>120.78585375918689</v>
       </c>
       <c r="K8" s="11">
-        <v>100.97</v>
+        <v>66.197999999999993</v>
       </c>
       <c r="L8" s="9">
-        <v>138.77130291368886</v>
+        <v>65.562048133108846</v>
       </c>
       <c r="M8" s="8">
-        <v>9802.1679999999997</v>
+        <v>14792.312</v>
       </c>
       <c r="N8" s="9">
-        <v>102.13900544864015</v>
+        <v>150.90857451127138</v>
       </c>
       <c r="O8" s="8">
-        <v>1222.4739999999999</v>
+        <v>1461.5250000000001</v>
       </c>
       <c r="P8" s="10">
-        <v>70.270211234735669</v>
+        <v>119.55468991569556</v>
       </c>
       <c r="Q8" s="11">
-        <v>11125.611999999999</v>
+        <v>16320.035</v>
       </c>
       <c r="R8" s="12">
-        <v>97.513314984601195</v>
+        <v>146.6888742839495</v>
       </c>
       <c r="S8" s="11">
-        <v>819.98599999999999</v>
+        <v>1152.2080000000001</v>
       </c>
       <c r="T8" s="9">
-        <v>82.529595416912414</v>
+        <v>140.51556977802059</v>
       </c>
       <c r="U8" s="8">
-        <v>2009.751</v>
+        <v>2546.634</v>
       </c>
       <c r="V8" s="9">
-        <v>98.00111471793393</v>
+        <v>126.71390634959256</v>
       </c>
       <c r="W8" s="8">
-        <v>319.00599999999997</v>
+        <v>767.07</v>
       </c>
       <c r="X8" s="9">
-        <v>88.656859938691738</v>
+        <v>240.45629235813749</v>
       </c>
       <c r="Y8" s="8">
-        <v>4151.9449999999997</v>
+        <v>4299.6949999999997</v>
       </c>
       <c r="Z8" s="9">
-        <v>109.62155771339918</v>
+        <v>103.5585731506559</v>
       </c>
       <c r="AA8" s="8">
-        <v>318.84100000000001</v>
+        <v>398.72500000000002</v>
       </c>
       <c r="AB8" s="9">
-        <v>109.13979598822483</v>
+        <v>125.0544942463485</v>
       </c>
       <c r="AC8" s="8">
-        <v>1602.3969999999999</v>
+        <v>2078.4650000000001</v>
       </c>
       <c r="AD8" s="9">
-        <v>102.8772821445562</v>
+        <v>129.70974109412336</v>
       </c>
       <c r="AE8" s="8">
-        <v>2856.5390000000002</v>
+        <v>3066.0360000000001</v>
       </c>
       <c r="AF8" s="9">
-        <v>112.30295160286539</v>
+        <v>107.33394502928194</v>
       </c>
       <c r="AG8" s="8">
-        <v>69.460999999999999</v>
+        <v>71.129000000000005</v>
       </c>
       <c r="AH8" s="9">
-        <v>94.198456718968245</v>
+        <v>102.40134751875154</v>
       </c>
       <c r="AI8" s="8">
-        <v>519.22299999999996</v>
+        <v>627.60199999999998</v>
       </c>
       <c r="AJ8" s="9">
-        <v>106.2044631716746</v>
+        <v>120.87330491908102</v>
       </c>
       <c r="AK8" s="8">
-        <v>12739.813</v>
+        <v>14632.754999999999</v>
       </c>
       <c r="AL8" s="10">
-        <v>111.82395000465648</v>
+        <v>114.85847555219217</v>
       </c>
       <c r="AM8" s="11">
-        <v>51925.158000000003</v>
+        <v>64552.417999999998</v>
       </c>
       <c r="AN8" s="9">
-        <v>102.48421777454023</v>
-[...1 lines deleted...]
-      <c r="BY8" s="33"/>
+        <v>124.31819273424263</v>
+      </c>
+      <c r="BY8" s="32"/>
     </row>
     <row r="9" spans="1:77" ht="24.95" customHeight="1">
-      <c r="A9" s="62"/>
-      <c r="B9" s="63" t="s">
+      <c r="A9" s="61"/>
+      <c r="B9" s="62" t="s">
         <v>3</v>
       </c>
       <c r="C9" s="14">
-        <v>15475.172</v>
+        <v>15925.005999999999</v>
       </c>
       <c r="D9" s="15">
-        <v>119.52383777007067</v>
+        <v>102.90681098730276</v>
       </c>
       <c r="E9" s="14">
-        <v>357.03899999999999</v>
+        <v>430.37700000000001</v>
       </c>
       <c r="F9" s="21">
-        <v>85.204647799597637</v>
+        <v>120.54061321032157</v>
       </c>
       <c r="G9" s="14">
-        <v>1332.183</v>
+        <v>1015.724</v>
       </c>
       <c r="H9" s="16">
-        <v>161.06226038932542</v>
+        <v>76.245080443152318</v>
       </c>
       <c r="I9" s="17">
-        <v>17164.394</v>
+        <v>17371.107</v>
       </c>
       <c r="J9" s="18">
-        <v>120.93126775106823</v>
+        <v>101.20431283504678</v>
       </c>
       <c r="K9" s="17">
-        <v>93.397000000000006</v>
+        <v>44.392000000000003</v>
       </c>
       <c r="L9" s="15">
-        <v>78.798744579248435</v>
+        <v>47.530434596400312</v>
       </c>
       <c r="M9" s="14">
-        <v>8103.0140000000001</v>
+        <v>10079.91</v>
       </c>
       <c r="N9" s="15">
-        <v>113.94027222720857</v>
+        <v>124.39704534633655</v>
       </c>
       <c r="O9" s="14">
-        <v>801.09699999999998</v>
+        <v>938.69399999999996</v>
       </c>
       <c r="P9" s="16">
-        <v>99.335610790434686</v>
+        <v>117.17607231084375</v>
       </c>
       <c r="Q9" s="17">
-        <v>8997.5079999999998</v>
+        <v>11062.995999999999</v>
       </c>
       <c r="R9" s="18">
-        <v>111.95645330234846</v>
+        <v>122.95622298974338</v>
       </c>
       <c r="S9" s="17">
-        <v>896.6</v>
+        <v>795.03800000000001</v>
       </c>
       <c r="T9" s="15">
-        <v>115.369075529043</v>
+        <v>88.672540709346421</v>
       </c>
       <c r="U9" s="14">
-        <v>1871.3130000000001</v>
+        <v>2143.567</v>
       </c>
       <c r="V9" s="15">
-        <v>110.59102820042763</v>
+        <v>114.54882213718389</v>
       </c>
       <c r="W9" s="14">
-        <v>343.17700000000002</v>
+        <v>362.15100000000001</v>
       </c>
       <c r="X9" s="15">
-        <v>148.32325572349168</v>
+        <v>105.5289253067659</v>
       </c>
       <c r="Y9" s="14">
-        <v>3590.7179999999998</v>
+        <v>3644.3429999999998</v>
       </c>
       <c r="Z9" s="15">
-        <v>110.95167614768764</v>
+        <v>101.4934339037485</v>
       </c>
       <c r="AA9" s="14">
-        <v>241.33</v>
+        <v>286.63099999999997</v>
       </c>
       <c r="AB9" s="15">
-        <v>105.88875384473629</v>
+        <v>118.77139187005345</v>
       </c>
       <c r="AC9" s="14">
-        <v>1039.3879999999999</v>
+        <v>1330.68</v>
       </c>
       <c r="AD9" s="15">
-        <v>107.84975569060853</v>
+        <v>128.02533798735411</v>
       </c>
       <c r="AE9" s="14">
-        <v>2127.373</v>
+        <v>2087.1799999999998</v>
       </c>
       <c r="AF9" s="15">
-        <v>100.11671175913328</v>
+        <v>98.110674526752007</v>
       </c>
       <c r="AG9" s="14">
-        <v>43.765999999999998</v>
+        <v>33.082000000000001</v>
       </c>
       <c r="AH9" s="15">
-        <v>111.52846440038735</v>
+        <v>75.588356258282687</v>
       </c>
       <c r="AI9" s="14">
-        <v>546.601</v>
+        <v>423.54199999999997</v>
       </c>
       <c r="AJ9" s="15">
-        <v>179.80177761988406</v>
+        <v>77.486502951878975</v>
       </c>
       <c r="AK9" s="14">
-        <v>11472.34</v>
+        <v>10954.732</v>
       </c>
       <c r="AL9" s="16">
-        <v>110.01711006889482</v>
+        <v>95.488209031461764</v>
       </c>
       <c r="AM9" s="17">
-        <v>48334.508000000002</v>
+        <v>50495.048999999999</v>
       </c>
       <c r="AN9" s="15">
-        <v>114.38872655024986</v>
-[...1 lines deleted...]
-      <c r="BY9" s="33"/>
+        <v>104.46997619175104</v>
+      </c>
+      <c r="BY9" s="32"/>
     </row>
     <row r="10" spans="1:77" ht="24.95" customHeight="1">
-      <c r="A10" s="62"/>
-      <c r="B10" s="63" t="s">
+      <c r="A10" s="61"/>
+      <c r="B10" s="62" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="14">
-        <v>15507.607</v>
+        <v>18387.75</v>
       </c>
       <c r="D10" s="15">
-        <v>97.423813627064661</v>
+        <v>118.57245286136025</v>
       </c>
       <c r="E10" s="14">
-        <v>363.53399999999999</v>
+        <v>475.173</v>
       </c>
       <c r="F10" s="21">
-        <v>67.620393965886052</v>
+        <v>130.70936968756706</v>
       </c>
       <c r="G10" s="14">
-        <v>1204.2550000000001</v>
+        <v>1347.348</v>
       </c>
       <c r="H10" s="16">
-        <v>103.85313584718538</v>
+        <v>111.88228406774311</v>
       </c>
       <c r="I10" s="17">
-        <v>17075.396000000001</v>
+        <v>20210.271000000001</v>
       </c>
       <c r="J10" s="18">
-        <v>96.937443900352093</v>
+        <v>118.35901785235316</v>
       </c>
       <c r="K10" s="17">
-        <v>95.227000000000004</v>
+        <v>103.31399999999999</v>
       </c>
       <c r="L10" s="15">
-        <v>147.93922540353276</v>
+        <v>108.49233935753514</v>
       </c>
       <c r="M10" s="14">
-        <v>6126.6419999999998</v>
+        <v>9220.7610000000004</v>
       </c>
       <c r="N10" s="15">
-        <v>83.20925913627083</v>
+        <v>150.50268972791295</v>
       </c>
       <c r="O10" s="14">
-        <v>1041.0440000000001</v>
+        <v>1253.482</v>
       </c>
       <c r="P10" s="16">
-        <v>101.03142808341485</v>
+        <v>120.40624603763146</v>
       </c>
       <c r="Q10" s="17">
-        <v>7262.9129999999996</v>
+        <v>10577.557000000001</v>
       </c>
       <c r="R10" s="18">
-        <v>85.873198893602265</v>
+        <v>145.63794169088905</v>
       </c>
       <c r="S10" s="17">
-        <v>1189.231</v>
+        <v>1084.3589999999999</v>
       </c>
       <c r="T10" s="15">
-        <v>111.71082567290584</v>
+        <v>91.181528231268786</v>
       </c>
       <c r="U10" s="14">
-        <v>1997.712</v>
+        <v>2170.6120000000001</v>
       </c>
       <c r="V10" s="15">
-        <v>112.61872333516736</v>
+        <v>108.65490120698078</v>
       </c>
       <c r="W10" s="14">
-        <v>305.84199999999998</v>
+        <v>335.99200000000002</v>
       </c>
       <c r="X10" s="15">
-        <v>89.523028963660039</v>
+        <v>109.85803127104845</v>
       </c>
       <c r="Y10" s="14">
-        <v>3807.1170000000002</v>
+        <v>3813.5070000000001</v>
       </c>
       <c r="Z10" s="15">
-        <v>97.902527875132989</v>
+        <v>100.16784354145145</v>
       </c>
       <c r="AA10" s="14">
-        <v>440.04300000000001</v>
+        <v>320.678</v>
       </c>
       <c r="AB10" s="15">
-        <v>114.44015624756187</v>
+        <v>72.874241835456985</v>
       </c>
       <c r="AC10" s="14">
-        <v>1327.933</v>
+        <v>1679.097</v>
       </c>
       <c r="AD10" s="15">
-        <v>105.03231409410199</v>
+        <v>126.44440645725351</v>
       </c>
       <c r="AE10" s="14">
-        <v>1974.9570000000001</v>
+        <v>2134.893</v>
       </c>
       <c r="AF10" s="15">
-        <v>64.812613629651011</v>
+        <v>108.09820163173174</v>
       </c>
       <c r="AG10" s="14">
-        <v>28.241</v>
+        <v>53.332000000000001</v>
       </c>
       <c r="AH10" s="15">
-        <v>70.370278082328326</v>
+        <v>188.84600403668426</v>
       </c>
       <c r="AI10" s="14">
-        <v>499.233</v>
+        <v>426.53899999999999</v>
       </c>
       <c r="AJ10" s="15">
-        <v>108.02448566260159</v>
+        <v>85.438863216173615</v>
       </c>
       <c r="AK10" s="14">
-        <v>12103.798000000001</v>
+        <v>12637.76</v>
       </c>
       <c r="AL10" s="16">
-        <v>96.951317195016372</v>
+        <v>104.41152438267724</v>
       </c>
       <c r="AM10" s="17">
-        <v>48012.415999999997</v>
+        <v>55444.597000000002</v>
       </c>
       <c r="AN10" s="15">
-        <v>94.467954760921728</v>
-[...1 lines deleted...]
-      <c r="BY10" s="33"/>
+        <v>115.47970633262862</v>
+      </c>
+      <c r="BY10" s="32"/>
     </row>
     <row r="11" spans="1:77" ht="24.95" customHeight="1">
-      <c r="A11" s="62"/>
-      <c r="B11" s="63" t="s">
+      <c r="A11" s="61"/>
+      <c r="B11" s="62" t="s">
         <v>5</v>
       </c>
       <c r="C11" s="14">
-        <v>15539.707</v>
+        <v>16589.948</v>
       </c>
       <c r="D11" s="15">
-        <v>109.35321910562017</v>
+        <v>106.75843502068605</v>
       </c>
       <c r="E11" s="14">
-        <v>332.22300000000001</v>
+        <v>543.45299999999997</v>
       </c>
       <c r="F11" s="21">
-        <v>82.491917742231848</v>
+        <v>163.58078760350728</v>
       </c>
       <c r="G11" s="14">
-        <v>993.37699999999995</v>
+        <v>1061.876</v>
       </c>
       <c r="H11" s="16">
-        <v>91.257069049780071</v>
+        <v>106.89556935584375</v>
       </c>
       <c r="I11" s="17">
-        <v>16865.307000000001</v>
+        <v>18195.276999999998</v>
       </c>
       <c r="J11" s="18">
-        <v>107.40972206831249</v>
+        <v>107.88583332636637</v>
       </c>
       <c r="K11" s="17">
-        <v>130.00899999999999</v>
+        <v>129.678</v>
       </c>
       <c r="L11" s="15">
-        <v>130.36881793750752</v>
+        <v>99.745402241383289</v>
       </c>
       <c r="M11" s="14">
-        <v>4699.9250000000002</v>
+        <v>6961.299</v>
       </c>
       <c r="N11" s="15">
-        <v>127.66182549001871</v>
+        <v>148.11510821981202</v>
       </c>
       <c r="O11" s="14">
-        <v>1221.395</v>
+        <v>1238.8779999999999</v>
       </c>
       <c r="P11" s="16">
-        <v>110.51648162726096</v>
+        <v>101.43139606761122</v>
       </c>
       <c r="Q11" s="17">
-        <v>6051.3289999999997</v>
+        <v>8329.8549999999996</v>
       </c>
       <c r="R11" s="18">
-        <v>123.83929231053219</v>
+        <v>137.65331549482767</v>
       </c>
       <c r="S11" s="17">
-        <v>1035.1320000000001</v>
+        <v>1190.4549999999999</v>
       </c>
       <c r="T11" s="15">
-        <v>102.45778238366586</v>
+        <v>115.0051394411534</v>
       </c>
       <c r="U11" s="14">
-        <v>2093.29</v>
+        <v>2003.4449999999999</v>
       </c>
       <c r="V11" s="15">
-        <v>112.20970498242846</v>
+        <v>95.707952553157952</v>
       </c>
       <c r="W11" s="14">
-        <v>413.42200000000003</v>
+        <v>403.76799999999997</v>
       </c>
       <c r="X11" s="15">
-        <v>95.203246041469015</v>
+        <v>97.664855764811747</v>
       </c>
       <c r="Y11" s="14">
-        <v>3868.9349999999999</v>
+        <v>3919.6179999999999</v>
       </c>
       <c r="Z11" s="15">
-        <v>109.07552359386348</v>
+        <v>101.30999874642505</v>
       </c>
       <c r="AA11" s="14">
-        <v>298.96899999999999</v>
+        <v>370.62599999999998</v>
       </c>
       <c r="AB11" s="15">
-        <v>123.80745323609921</v>
+        <v>123.96803681987096</v>
       </c>
       <c r="AC11" s="14">
-        <v>1648.9880000000001</v>
+        <v>1637.2049999999999</v>
       </c>
       <c r="AD11" s="15">
-        <v>141.62074050408421</v>
+        <v>99.285440524733957</v>
       </c>
       <c r="AE11" s="14">
-        <v>2541.3490000000002</v>
+        <v>2133.123</v>
       </c>
       <c r="AF11" s="15">
-        <v>111.11233046328921</v>
+        <v>83.936641523852103</v>
       </c>
       <c r="AG11" s="14">
-        <v>74.513999999999996</v>
+        <v>58.177999999999997</v>
       </c>
       <c r="AH11" s="15">
-        <v>98.42808834407694</v>
+        <v>78.076603054459568</v>
       </c>
       <c r="AI11" s="14">
-        <v>342.31700000000001</v>
+        <v>336.01900000000001</v>
       </c>
       <c r="AJ11" s="15">
-        <v>73.398258512853161</v>
+        <v>98.160184857894876</v>
       </c>
       <c r="AK11" s="14">
-        <v>12194.416999999999</v>
+        <v>12213.688</v>
       </c>
       <c r="AL11" s="16">
-        <v>117.0907131054921</v>
+        <v>100.15803133515936</v>
       </c>
       <c r="AM11" s="17">
-        <v>47427.968999999997</v>
+        <v>50791.256999999998</v>
       </c>
       <c r="AN11" s="15">
-        <v>112.66888406371854</v>
-[...1 lines deleted...]
-      <c r="BY11" s="33"/>
+        <v>107.09135995260519</v>
+      </c>
+      <c r="BY11" s="32"/>
     </row>
     <row r="12" spans="1:77" ht="24.95" customHeight="1">
-      <c r="A12" s="62"/>
-      <c r="B12" s="63" t="s">
+      <c r="A12" s="61"/>
+      <c r="B12" s="62" t="s">
         <v>6</v>
       </c>
       <c r="C12" s="14">
-        <v>14974.204</v>
+        <v>16641.145</v>
       </c>
       <c r="D12" s="15">
-        <v>98.423186593595858</v>
+        <v>111.13208421629624</v>
       </c>
       <c r="E12" s="14">
-        <v>402.40800000000002</v>
+        <v>370.77699999999999</v>
       </c>
       <c r="F12" s="21">
-        <v>104.27022657075931</v>
+        <v>92.139569789865021</v>
       </c>
       <c r="G12" s="14">
-        <v>1216.53</v>
+        <v>1190.088</v>
       </c>
       <c r="H12" s="16">
-        <v>104.44505115234435</v>
+        <v>97.826440778279206</v>
       </c>
       <c r="I12" s="17">
-        <v>16593.142</v>
+        <v>18202.009999999998</v>
       </c>
       <c r="J12" s="18">
-        <v>98.976163489352032</v>
+        <v>109.69598162903687</v>
       </c>
       <c r="K12" s="17">
-        <v>121.646</v>
+        <v>111.431</v>
       </c>
       <c r="L12" s="15">
-        <v>95.096115510596547</v>
+        <v>91.602683195501697</v>
       </c>
       <c r="M12" s="14">
-        <v>5850.2929999999997</v>
+        <v>8473.7890000000007</v>
       </c>
       <c r="N12" s="15">
-        <v>108.1812353604372</v>
+        <v>144.8438394453064</v>
       </c>
       <c r="O12" s="14">
-        <v>1315.672</v>
+        <v>1217.027</v>
       </c>
       <c r="P12" s="16">
-        <v>106.6306603915034</v>
+        <v>92.502310606290933</v>
       </c>
       <c r="Q12" s="17">
-        <v>7287.6109999999999</v>
+        <v>9802.2469999999994</v>
       </c>
       <c r="R12" s="18">
-        <v>107.65136585529424</v>
+        <v>134.50562879934179</v>
       </c>
       <c r="S12" s="17">
-        <v>1147.672</v>
+        <v>1218.348</v>
       </c>
       <c r="T12" s="15">
-        <v>114.18224436213281</v>
+        <v>106.15820548031145</v>
       </c>
       <c r="U12" s="14">
-        <v>2200.799</v>
+        <v>2178.6619999999998</v>
       </c>
       <c r="V12" s="15">
-        <v>120.54997940439256</v>
+        <v>98.994138038048902</v>
       </c>
       <c r="W12" s="14">
-        <v>398.173</v>
+        <v>364.83800000000002</v>
       </c>
       <c r="X12" s="15">
-        <v>102.35546644045139</v>
+        <v>91.628010939968306</v>
       </c>
       <c r="Y12" s="14">
-        <v>3845.83</v>
+        <v>3717.8710000000001</v>
       </c>
       <c r="Z12" s="15">
-        <v>104.31564717076733</v>
+        <v>96.672785848568452</v>
       </c>
       <c r="AA12" s="14">
-        <v>341.238</v>
+        <v>376.72199999999998</v>
       </c>
       <c r="AB12" s="15">
-        <v>96.911227613784163</v>
+        <v>110.39860742355776</v>
       </c>
       <c r="AC12" s="14">
-        <v>1841.4259999999999</v>
+        <v>1608.0830000000001</v>
       </c>
       <c r="AD12" s="15">
-        <v>173.78337312784893</v>
+        <v>87.328135912059452</v>
       </c>
       <c r="AE12" s="14">
-        <v>2619.3629999999998</v>
+        <v>2264.7269999999999</v>
       </c>
       <c r="AF12" s="15">
-        <v>112.64434992059222</v>
+        <v>86.460983071074921</v>
       </c>
       <c r="AG12" s="14">
-        <v>40.604999999999997</v>
+        <v>37.131</v>
       </c>
       <c r="AH12" s="15">
-        <v>78.044514492196512</v>
+        <v>91.444403398596236</v>
       </c>
       <c r="AI12" s="14">
-        <v>426.71300000000002</v>
+        <v>347.21199999999999</v>
       </c>
       <c r="AJ12" s="15">
-        <v>87.130518234165066</v>
+        <v>81.368976337725826</v>
       </c>
       <c r="AK12" s="14">
-        <v>12874.259</v>
+        <v>12521.272999999999</v>
       </c>
       <c r="AL12" s="16">
-        <v>115.48479675120551</v>
+        <v>97.258203365335433</v>
       </c>
       <c r="AM12" s="17">
-        <v>49616.830999999998</v>
+        <v>52639.124000000003</v>
       </c>
       <c r="AN12" s="15">
-        <v>108.17365417830855</v>
-[...1 lines deleted...]
-      <c r="BY12" s="33"/>
+        <v>106.09126568361449</v>
+      </c>
+      <c r="BY12" s="32"/>
     </row>
     <row r="13" spans="1:77" ht="24.95" customHeight="1">
-      <c r="A13" s="62"/>
-      <c r="B13" s="63" t="s">
+      <c r="A13" s="61"/>
+      <c r="B13" s="62" t="s">
         <v>7</v>
       </c>
       <c r="C13" s="14">
-        <v>13629.662</v>
+        <v>18621.428</v>
       </c>
       <c r="D13" s="15">
-        <v>86.225569659588444</v>
+        <v>136.62428312602324</v>
       </c>
       <c r="E13" s="14">
-        <v>389.24900000000002</v>
+        <v>576.67200000000003</v>
       </c>
       <c r="F13" s="21">
-        <v>110.50518815029311</v>
+        <v>148.14989890789701</v>
       </c>
       <c r="G13" s="14">
-        <v>1236.2070000000001</v>
+        <v>1153.1089999999999</v>
       </c>
       <c r="H13" s="16">
-        <v>148.46640429183415</v>
+        <v>93.277986615510187</v>
       </c>
       <c r="I13" s="17">
-        <v>15255.118</v>
+        <v>20351.208999999999</v>
       </c>
       <c r="J13" s="18">
-        <v>89.778870848899601</v>
+        <v>133.40577896545932</v>
       </c>
       <c r="K13" s="17">
-        <v>106.111</v>
+        <v>122.78700000000001</v>
       </c>
       <c r="L13" s="15">
-        <v>83.304024242804871</v>
+        <v>115.71561855038593</v>
       </c>
       <c r="M13" s="14">
-        <v>7449.6660000000002</v>
+        <v>11406.328</v>
       </c>
       <c r="N13" s="15">
-        <v>87.422485343755341</v>
+        <v>153.11193817279863</v>
       </c>
       <c r="O13" s="14">
-        <v>1131.367</v>
+        <v>1181.204</v>
       </c>
       <c r="P13" s="16">
-        <v>94.999412219124707</v>
+        <v>104.40502507144012</v>
       </c>
       <c r="Q13" s="17">
-        <v>8687.1440000000002</v>
+        <v>12710.319</v>
       </c>
       <c r="R13" s="18">
-        <v>88.28621781181252</v>
+        <v>146.31182584287771</v>
       </c>
       <c r="S13" s="17">
-        <v>1342.0260000000001</v>
+        <v>1227.56</v>
       </c>
       <c r="T13" s="15">
-        <v>127.38398979429118</v>
+        <v>91.470657051353697</v>
       </c>
       <c r="U13" s="14">
-        <v>2355.75</v>
+        <v>2290.8209999999999</v>
       </c>
       <c r="V13" s="15">
-        <v>110.1189794495991</v>
+        <v>97.243807704552694</v>
       </c>
       <c r="W13" s="14">
-        <v>298.44299999999998</v>
+        <v>414.59</v>
       </c>
       <c r="X13" s="15">
-        <v>94.739598874970625</v>
+        <v>138.91764926635909</v>
       </c>
       <c r="Y13" s="14">
-        <v>3728.8560000000002</v>
+        <v>4025.6550000000002</v>
       </c>
       <c r="Z13" s="15">
-        <v>99.722883233874043</v>
+        <v>107.95951895165703</v>
       </c>
       <c r="AA13" s="14">
-        <v>290.18099999999998</v>
+        <v>345.71800000000002</v>
       </c>
       <c r="AB13" s="15">
-        <v>103.54103554951348</v>
+        <v>119.13874443881578</v>
       </c>
       <c r="AC13" s="14">
-        <v>1392.4459999999999</v>
+        <v>1754.9390000000001</v>
       </c>
       <c r="AD13" s="15">
-        <v>129.42138728377427</v>
+        <v>126.03282281682738</v>
       </c>
       <c r="AE13" s="14">
-        <v>1717.4110000000001</v>
+        <v>2059.6089999999999</v>
       </c>
       <c r="AF13" s="15">
-        <v>77.881680825919645</v>
+        <v>119.92522465501851</v>
       </c>
       <c r="AG13" s="14">
-        <v>34.936999999999998</v>
+        <v>41.862000000000002</v>
       </c>
       <c r="AH13" s="15">
-        <v>83.991249158572941</v>
+        <v>119.82139279274122</v>
       </c>
       <c r="AI13" s="14">
-        <v>363.661</v>
+        <v>437.005</v>
       </c>
       <c r="AJ13" s="15">
-        <v>62.02897611363931</v>
+        <v>120.16823360217346</v>
       </c>
       <c r="AK13" s="14">
-        <v>11509.404</v>
+        <v>11282.09</v>
       </c>
       <c r="AL13" s="16">
-        <v>102.45746860152467</v>
+        <v>98.024971579762081</v>
       </c>
       <c r="AM13" s="17">
-        <v>46975.377</v>
+        <v>56941.377</v>
       </c>
       <c r="AN13" s="15">
-        <v>94.897450970885558</v>
-[...1 lines deleted...]
-      <c r="BY13" s="33"/>
+        <v>121.21536991603068</v>
+      </c>
+      <c r="BY13" s="32"/>
     </row>
     <row r="14" spans="1:77" ht="24.95" customHeight="1">
-      <c r="A14" s="62"/>
-      <c r="B14" s="63" t="s">
+      <c r="A14" s="61"/>
+      <c r="B14" s="62" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="14">
-        <v>15562.802</v>
+        <v>18272.940999999999</v>
       </c>
       <c r="D14" s="15">
-        <v>108.11165923671766</v>
+        <v>117.41420985758219</v>
       </c>
       <c r="E14" s="14">
-        <v>448.11200000000002</v>
+        <v>521.93600000000004</v>
       </c>
       <c r="F14" s="21">
-        <v>75.071450828762593</v>
+        <v>116.47445281536758</v>
       </c>
       <c r="G14" s="14">
-        <v>1294.6020000000001</v>
+        <v>1072.3389999999999</v>
       </c>
       <c r="H14" s="16">
-        <v>150.86298012774273</v>
+        <v>82.831557497980086</v>
       </c>
       <c r="I14" s="17">
-        <v>17305.516</v>
+        <v>19867.216</v>
       </c>
       <c r="J14" s="18">
-        <v>109.18193654021498</v>
+        <v>114.80279466963019</v>
       </c>
       <c r="K14" s="17">
-        <v>146.73699999999999</v>
+        <v>127.22199999999999</v>
       </c>
       <c r="L14" s="15">
-        <v>118.59164491283651</v>
+        <v>86.700695802694611</v>
       </c>
       <c r="M14" s="14">
-        <v>8806.3439999999991</v>
+        <v>11536.58</v>
       </c>
       <c r="N14" s="15">
-        <v>133.95952833971515</v>
+        <v>131.00305870404335</v>
       </c>
       <c r="O14" s="14">
-        <v>1093.424</v>
+        <v>1090.0989999999999</v>
       </c>
       <c r="P14" s="16">
-        <v>92.714829722701069</v>
+        <v>99.695909363613737</v>
       </c>
       <c r="Q14" s="17">
-        <v>10046.504999999999</v>
+        <v>12753.901</v>
       </c>
       <c r="R14" s="18">
-        <v>127.54295503416419</v>
+        <v>126.94863537120619</v>
       </c>
       <c r="S14" s="17">
-        <v>994.94399999999996</v>
+        <v>962.72400000000005</v>
       </c>
       <c r="T14" s="15">
-        <v>112.27626707231337</v>
+        <v>96.761626785025086</v>
       </c>
       <c r="U14" s="14">
-        <v>2370.0859999999998</v>
+        <v>2362.8159999999998</v>
       </c>
       <c r="V14" s="15">
-        <v>112.11126710462582</v>
+        <v>99.693260075794726</v>
       </c>
       <c r="W14" s="14">
-        <v>400.67200000000003</v>
+        <v>523.33399999999995</v>
       </c>
       <c r="X14" s="15">
-        <v>104.68844714784392</v>
+        <v>130.61406836514655</v>
       </c>
       <c r="Y14" s="14">
-        <v>3970.748</v>
+        <v>4220.8059999999996</v>
       </c>
       <c r="Z14" s="15">
-        <v>100.6977521496315</v>
+        <v>106.29750364414967</v>
       </c>
       <c r="AA14" s="14">
-        <v>504.12200000000001</v>
+        <v>403.33300000000003</v>
       </c>
       <c r="AB14" s="15">
-        <v>172.70425729447513</v>
+        <v>80.007022109727416</v>
       </c>
       <c r="AC14" s="14">
-        <v>1863.432</v>
+        <v>1915.8030000000001</v>
       </c>
       <c r="AD14" s="15">
-        <v>169.26934019337466</v>
+        <v>102.81045941037827</v>
       </c>
       <c r="AE14" s="14">
-        <v>2353.7710000000002</v>
+        <v>2257.5070000000001</v>
       </c>
       <c r="AF14" s="15">
-        <v>103.29759403782359</v>
+        <v>95.910222362328369</v>
       </c>
       <c r="AG14" s="14">
-        <v>30.643000000000001</v>
+        <v>82.712000000000003</v>
       </c>
       <c r="AH14" s="15">
-        <v>50.431190546723279</v>
+        <v>269.9213523480077</v>
       </c>
       <c r="AI14" s="14">
-        <v>513.01099999999997</v>
+        <v>457.09</v>
       </c>
       <c r="AJ14" s="15">
-        <v>141.89409340469373</v>
+        <v>89.099454007808802</v>
       </c>
       <c r="AK14" s="14">
-        <v>13230.65</v>
+        <v>12476.651</v>
       </c>
       <c r="AL14" s="16">
-        <v>109.31534117104276</v>
+        <v>94.301118992642088</v>
       </c>
       <c r="AM14" s="17">
-        <v>53584.1</v>
+        <v>58283.892999999996</v>
       </c>
       <c r="AN14" s="15">
-        <v>113.40504662520934</v>
-[...1 lines deleted...]
-      <c r="BY14" s="33"/>
+        <v>108.77087232966495</v>
+      </c>
+      <c r="BY14" s="32"/>
     </row>
     <row r="15" spans="1:77" ht="24.95" customHeight="1">
-      <c r="A15" s="62"/>
-      <c r="B15" s="63" t="s">
+      <c r="A15" s="61"/>
+      <c r="B15" s="62" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="14">
-        <v>15484.672</v>
+        <v>17313.420999999998</v>
       </c>
       <c r="D15" s="15">
-        <v>102.62950513966989</v>
+        <v>111.81005965124737</v>
       </c>
       <c r="E15" s="14">
-        <v>413.59500000000003</v>
+        <v>335.95400000000001</v>
       </c>
       <c r="F15" s="21">
-        <v>133.8114064602961</v>
+        <v>81.227771128761233</v>
       </c>
       <c r="G15" s="14">
-        <v>1100.548</v>
+        <v>1261.454</v>
       </c>
       <c r="H15" s="16">
-        <v>110.25093641588386</v>
+        <v>114.6205344973595</v>
       </c>
       <c r="I15" s="17">
-        <v>16998.814999999999</v>
+        <v>18910.829000000002</v>
       </c>
       <c r="J15" s="18">
-        <v>103.68138489926622</v>
+        <v>111.24792522302289</v>
       </c>
       <c r="K15" s="17">
-        <v>96.483000000000004</v>
+        <v>102.666</v>
       </c>
       <c r="L15" s="15">
-        <v>85.785542811416377</v>
+        <v>106.40838282391715</v>
       </c>
       <c r="M15" s="14">
-        <v>8532.9879999999994</v>
+        <v>9661.33</v>
       </c>
       <c r="N15" s="15">
-        <v>123.64876976329045</v>
+        <v>113.22329294263626</v>
       </c>
       <c r="O15" s="14">
-        <v>1356.9829999999999</v>
+        <v>1365.421</v>
       </c>
       <c r="P15" s="16">
-        <v>71.925796242320345</v>
+        <v>100.6218206123437</v>
       </c>
       <c r="Q15" s="17">
-        <v>9986.4539999999997</v>
+        <v>11129.416999999999</v>
       </c>
       <c r="R15" s="18">
-        <v>112.20606235748758</v>
+        <v>111.44513357794467</v>
       </c>
       <c r="S15" s="17">
-        <v>880.69600000000003</v>
+        <v>758.62900000000002</v>
       </c>
       <c r="T15" s="15">
-        <v>98.689807572490878</v>
+        <v>86.139712227601805</v>
       </c>
       <c r="U15" s="14">
-        <v>1879.1890000000001</v>
+        <v>2117.723</v>
       </c>
       <c r="V15" s="15">
-        <v>98.645143645744696</v>
+        <v>112.69345446360106</v>
       </c>
       <c r="W15" s="14">
-        <v>389.99299999999999</v>
+        <v>301.71600000000001</v>
       </c>
       <c r="X15" s="15">
-        <v>83.749331603914385</v>
+        <v>77.364465516047716</v>
       </c>
       <c r="Y15" s="14">
-        <v>3666.741</v>
+        <v>3793.8249999999998</v>
       </c>
       <c r="Z15" s="15">
-        <v>97.440019133288601</v>
+        <v>103.46585701035333</v>
       </c>
       <c r="AA15" s="14">
-        <v>256.30200000000002</v>
+        <v>274.07100000000003</v>
       </c>
       <c r="AB15" s="15">
-        <v>94.485036606675465</v>
+        <v>106.93283704379991</v>
       </c>
       <c r="AC15" s="14">
-        <v>1746.877</v>
+        <v>1671.06</v>
       </c>
       <c r="AD15" s="15">
-        <v>168.88302166244026</v>
+        <v>95.659854700703022</v>
       </c>
       <c r="AE15" s="14">
-        <v>2107.848</v>
+        <v>2224.1149999999998</v>
       </c>
       <c r="AF15" s="15">
-        <v>94.850907290951838</v>
+        <v>105.51591006562143</v>
       </c>
       <c r="AG15" s="14">
-        <v>64.936999999999998</v>
+        <v>47.182000000000002</v>
       </c>
       <c r="AH15" s="15">
-        <v>107.91896563185534</v>
+        <v>72.658114788179319</v>
       </c>
       <c r="AI15" s="14">
-        <v>382.55099999999999</v>
+        <v>312.05500000000001</v>
       </c>
       <c r="AJ15" s="15">
-        <v>99.69639003846595</v>
+        <v>81.572130251914118</v>
       </c>
       <c r="AK15" s="14">
-        <v>11706.5</v>
+        <v>10808.716</v>
       </c>
       <c r="AL15" s="16">
-        <v>105.54879286316508</v>
+        <v>92.330893093580485</v>
       </c>
       <c r="AM15" s="17">
-        <v>50066.902999999998</v>
+        <v>52349.338000000003</v>
       </c>
       <c r="AN15" s="15">
-        <v>105.66126591714915</v>
-[...1 lines deleted...]
-      <c r="BY15" s="33"/>
+        <v>104.55877009209058</v>
+      </c>
+      <c r="BY15" s="32"/>
     </row>
     <row r="16" spans="1:77" ht="24.95" customHeight="1">
-      <c r="A16" s="62"/>
-      <c r="B16" s="63" t="s">
+      <c r="A16" s="61"/>
+      <c r="B16" s="62" t="s">
         <v>10</v>
       </c>
       <c r="C16" s="14">
-        <v>16966.260999999999</v>
+        <v>18387.425999999999</v>
       </c>
       <c r="D16" s="15">
-        <v>100.21788756040242</v>
+        <v>108.37641835169222</v>
       </c>
       <c r="E16" s="14">
-        <v>459.09100000000001</v>
+        <v>463.62799999999999</v>
       </c>
       <c r="F16" s="21">
-        <v>91.795801824354868</v>
+        <v>100.98825723004808</v>
       </c>
       <c r="G16" s="14">
-        <v>1090.335</v>
+        <v>1185.222</v>
       </c>
       <c r="H16" s="16">
-        <v>120.09708352884418</v>
+        <v>108.7025547194211</v>
       </c>
       <c r="I16" s="17">
-        <v>18515.687000000002</v>
+        <v>20036.276000000002</v>
       </c>
       <c r="J16" s="18">
-        <v>100.97240204622537</v>
+        <v>108.21243629793483</v>
       </c>
       <c r="K16" s="17">
-        <v>94.046000000000006</v>
+        <v>59.887</v>
       </c>
       <c r="L16" s="15">
-        <v>217.47254017805528</v>
+        <v>63.678412691661521</v>
       </c>
       <c r="M16" s="14">
-        <v>6991.165</v>
+        <v>7861.6270000000004</v>
       </c>
       <c r="N16" s="15">
-        <v>138.14647804943593</v>
+        <v>112.45088622568629</v>
       </c>
       <c r="O16" s="14">
-        <v>1450.711</v>
+        <v>1902.8009999999999</v>
       </c>
       <c r="P16" s="16">
-        <v>73.35729845731889</v>
+        <v>131.16333990712141</v>
       </c>
       <c r="Q16" s="17">
-        <v>8535.9220000000005</v>
+        <v>9824.3150000000005</v>
       </c>
       <c r="R16" s="18">
-        <v>120.53780460750649</v>
+        <v>115.0937766301051</v>
       </c>
       <c r="S16" s="17">
-        <v>1128.6579999999999</v>
+        <v>1035.6099999999999</v>
       </c>
       <c r="T16" s="15">
-        <v>110.71483223925573</v>
+        <v>91.755872903926601</v>
       </c>
       <c r="U16" s="14">
-        <v>2188.232</v>
+        <v>2461.6469999999999</v>
       </c>
       <c r="V16" s="15">
-        <v>99.751240946186996</v>
+        <v>112.4947903147381</v>
       </c>
       <c r="W16" s="14">
-        <v>450.60500000000002</v>
+        <v>380.28100000000001</v>
       </c>
       <c r="X16" s="15">
-        <v>126.31542062624395</v>
+        <v>84.393426615328281</v>
       </c>
       <c r="Y16" s="14">
-        <v>3644.4960000000001</v>
+        <v>4504.3890000000001</v>
       </c>
       <c r="Z16" s="15">
-        <v>90.147238590035784</v>
+        <v>123.5942912270997</v>
       </c>
       <c r="AA16" s="14">
-        <v>352.411</v>
+        <v>271.81</v>
       </c>
       <c r="AB16" s="15">
-        <v>130.58595096139237</v>
+        <v>77.128693485731148</v>
       </c>
       <c r="AC16" s="14">
-        <v>1529.7070000000001</v>
+        <v>1960.836</v>
       </c>
       <c r="AD16" s="15">
-        <v>121.09661719489682</v>
+        <v>128.18376329584683</v>
       </c>
       <c r="AE16" s="14">
-        <v>2143.8890000000001</v>
+        <v>1955.508</v>
       </c>
       <c r="AF16" s="15">
-        <v>97.412660303012672</v>
+        <v>91.213117843321186</v>
       </c>
       <c r="AG16" s="14">
-        <v>56.249000000000002</v>
+        <v>45.042999999999999</v>
       </c>
       <c r="AH16" s="15">
-        <v>163.89568764568764</v>
+        <v>80.077868050987576</v>
       </c>
       <c r="AI16" s="14">
-        <v>407.21300000000002</v>
+        <v>387.685</v>
       </c>
       <c r="AJ16" s="15">
-        <v>89.357728911525072</v>
+        <v>95.204475299167754</v>
       </c>
       <c r="AK16" s="14">
-        <v>11909.294</v>
+        <v>12402.669</v>
       </c>
       <c r="AL16" s="16">
-        <v>103.64476995414992</v>
+        <v>104.14277286294218</v>
       </c>
       <c r="AM16" s="17">
-        <v>50862.362999999998</v>
+        <v>55266.069000000003</v>
       </c>
       <c r="AN16" s="15">
-        <v>104.34158370364395</v>
-[...1 lines deleted...]
-      <c r="BY16" s="33"/>
+        <v>108.65808377797941</v>
+      </c>
+      <c r="BY16" s="32"/>
     </row>
     <row r="17" spans="1:77" ht="24.95" customHeight="1">
-      <c r="A17" s="62"/>
-      <c r="B17" s="63" t="s">
+      <c r="A17" s="61"/>
+      <c r="B17" s="62" t="s">
         <v>11</v>
       </c>
       <c r="C17" s="14">
-        <v>17580.613000000001</v>
+        <v>19041.797999999999</v>
       </c>
       <c r="D17" s="15">
-        <v>107.68429926395631</v>
+        <v>108.31134272735541</v>
       </c>
       <c r="E17" s="14">
-        <v>415.601</v>
+        <v>496.38</v>
       </c>
       <c r="F17" s="21">
-        <v>109.76441380767503</v>
+        <v>119.43667123033872</v>
       </c>
       <c r="G17" s="14">
-        <v>984.28300000000002</v>
+        <v>1174.211</v>
       </c>
       <c r="H17" s="16">
-        <v>112.63520348611003</v>
+        <v>119.2960764333022</v>
       </c>
       <c r="I17" s="17">
-        <v>18980.496999999999</v>
+        <v>20712.388999999999</v>
       </c>
       <c r="J17" s="18">
-        <v>107.97522346389215</v>
+        <v>109.12458720127296</v>
       </c>
       <c r="K17" s="17">
-        <v>112.504</v>
+        <v>117.459</v>
       </c>
       <c r="L17" s="15">
-        <v>92.904802801083434</v>
+        <v>104.4042878475432</v>
       </c>
       <c r="M17" s="14">
-        <v>6016.31</v>
+        <v>8434.6270000000004</v>
       </c>
       <c r="N17" s="15">
-        <v>137.61039600291676</v>
+        <v>140.19601716002001</v>
       </c>
       <c r="O17" s="14">
-        <v>1456.002</v>
+        <v>1209.3489999999999</v>
       </c>
       <c r="P17" s="16">
-        <v>99.840433811574755</v>
+        <v>83.059569973118158</v>
       </c>
       <c r="Q17" s="17">
-        <v>7584.8159999999998</v>
+        <v>9761.4349999999995</v>
       </c>
       <c r="R17" s="18">
-        <v>127.44563349913709</v>
+        <v>128.69705738412111</v>
       </c>
       <c r="S17" s="17">
-        <v>1135.9829999999999</v>
+        <v>1029.771</v>
       </c>
       <c r="T17" s="15">
-        <v>115.27240108089789</v>
+        <v>90.650212195076861</v>
       </c>
       <c r="U17" s="14">
-        <v>2327.7420000000002</v>
+        <v>2380.96</v>
       </c>
       <c r="V17" s="15">
-        <v>105.91689698258094</v>
+        <v>102.28624993663387</v>
       </c>
       <c r="W17" s="14">
-        <v>272.822</v>
+        <v>499.47699999999998</v>
       </c>
       <c r="X17" s="15">
-        <v>69.510029478232738</v>
+        <v>183.07797758245303</v>
       </c>
       <c r="Y17" s="14">
-        <v>4183.8890000000001</v>
+        <v>4455.8310000000001</v>
       </c>
       <c r="Z17" s="15">
-        <v>95.125744837972732</v>
+        <v>106.49974222547492</v>
       </c>
       <c r="AA17" s="14">
-        <v>267.99599999999998</v>
+        <v>315.53699999999998</v>
       </c>
       <c r="AB17" s="15">
-        <v>92.42133723256039</v>
+        <v>117.7394438722966</v>
       </c>
       <c r="AC17" s="14">
-        <v>1882.55</v>
+        <v>1763.22</v>
       </c>
       <c r="AD17" s="15">
-        <v>136.30081097733594</v>
+        <v>93.661257337122521</v>
       </c>
       <c r="AE17" s="14">
-        <v>2014.85</v>
+        <v>1821.26</v>
       </c>
       <c r="AF17" s="15">
-        <v>113.39729829818224</v>
+        <v>90.39184058366628</v>
       </c>
       <c r="AG17" s="14">
-        <v>41.325000000000003</v>
+        <v>49.628999999999998</v>
       </c>
       <c r="AH17" s="15">
-        <v>68.352106386145977</v>
+        <v>120.09437386569873</v>
       </c>
       <c r="AI17" s="14">
-        <v>473.642</v>
+        <v>551.94899999999996</v>
       </c>
       <c r="AJ17" s="15">
-        <v>111.08395757794653</v>
+        <v>116.53295104741557</v>
       </c>
       <c r="AK17" s="14">
-        <v>12847.521000000001</v>
+        <v>12645.13</v>
       </c>
       <c r="AL17" s="16">
-        <v>102.17047996467798</v>
+        <v>98.424668852457998</v>
       </c>
       <c r="AM17" s="17">
-        <v>52013.633000000002</v>
+        <v>55986.588000000003</v>
       </c>
       <c r="AN17" s="15">
-        <v>108.33169142757741</v>
-[...1 lines deleted...]
-      <c r="BY17" s="33"/>
+        <v>107.63829552148377</v>
+      </c>
+      <c r="BY17" s="32"/>
     </row>
     <row r="18" spans="1:77" ht="24.95" customHeight="1">
-      <c r="A18" s="62"/>
-      <c r="B18" s="63" t="s">
+      <c r="A18" s="61"/>
+      <c r="B18" s="62" t="s">
         <v>12</v>
       </c>
       <c r="C18" s="14">
-        <v>16164.421</v>
+        <v>17387.073</v>
       </c>
       <c r="D18" s="15">
-        <v>113.22258859293217</v>
+        <v>107.5638465491588</v>
       </c>
       <c r="E18" s="14">
-        <v>407.30099999999999</v>
+        <v>427.98399999999998</v>
       </c>
       <c r="F18" s="21">
-        <v>95.336192085687671</v>
+        <v>105.07806266127508</v>
       </c>
       <c r="G18" s="14">
-        <v>1273.2860000000001</v>
+        <v>1109.4749999999999</v>
       </c>
       <c r="H18" s="16">
-        <v>130.19111197908413</v>
+        <v>87.134783544309755</v>
       </c>
       <c r="I18" s="17">
-        <v>17845.008000000002</v>
+        <v>18924.531999999999</v>
       </c>
       <c r="J18" s="18">
-        <v>113.7935586179085</v>
+        <v>106.04944531266112</v>
       </c>
       <c r="K18" s="17">
-        <v>49.18</v>
+        <v>49.484999999999999</v>
       </c>
       <c r="L18" s="15">
-        <v>86.174872963027866</v>
+        <v>100.62017080113867</v>
       </c>
       <c r="M18" s="14">
-        <v>6729.4219999999996</v>
+        <v>8679.8790000000008</v>
       </c>
       <c r="N18" s="15">
-        <v>98.663804339762223</v>
+        <v>128.98401972710286</v>
       </c>
       <c r="O18" s="14">
-        <v>932.54399999999998</v>
+        <v>745.50699999999995</v>
       </c>
       <c r="P18" s="16">
-        <v>86.291775509467584</v>
+        <v>79.943359240958074</v>
       </c>
       <c r="Q18" s="17">
-        <v>7711.1459999999997</v>
+        <v>9474.8709999999992</v>
       </c>
       <c r="R18" s="18">
-        <v>96.894204363612147</v>
+        <v>122.87241092309755</v>
       </c>
       <c r="S18" s="17">
-        <v>1103.0889999999999</v>
+        <v>800.86300000000006</v>
       </c>
       <c r="T18" s="15">
-        <v>111.67750785880972</v>
+        <v>72.601848082974257</v>
       </c>
       <c r="U18" s="14">
-        <v>2188.0160000000001</v>
+        <v>2322.7370000000001</v>
       </c>
       <c r="V18" s="15">
-        <v>96.317595705006184</v>
+        <v>106.15722188503192</v>
       </c>
       <c r="W18" s="14">
-        <v>400.95100000000002</v>
+        <v>365.892</v>
       </c>
       <c r="X18" s="15">
-        <v>142.90841694438009</v>
+        <v>91.25603876782948</v>
       </c>
       <c r="Y18" s="14">
-        <v>3718.489</v>
+        <v>3957.96</v>
       </c>
       <c r="Z18" s="15">
-        <v>88.945576197294471</v>
+        <v>106.44000829369133</v>
       </c>
       <c r="AA18" s="14">
-        <v>404.77800000000002</v>
+        <v>308.44400000000002</v>
       </c>
       <c r="AB18" s="15">
-        <v>273.65026568774596</v>
+        <v>76.200781663035045</v>
       </c>
       <c r="AC18" s="14">
-        <v>2105.4589999999998</v>
+        <v>1764.9269999999999</v>
       </c>
       <c r="AD18" s="15">
-        <v>141.09508807976266</v>
+        <v>83.826234564529628</v>
       </c>
       <c r="AE18" s="14">
-        <v>1541.3130000000001</v>
+        <v>1975.1220000000001</v>
       </c>
       <c r="AF18" s="15">
-        <v>78.243170595882745</v>
+        <v>128.14541887338913</v>
       </c>
       <c r="AG18" s="14">
-        <v>36.241999999999997</v>
+        <v>47.088999999999999</v>
       </c>
       <c r="AH18" s="15">
-        <v>68.840937583102232</v>
+        <v>129.92936372164891</v>
       </c>
       <c r="AI18" s="14">
-        <v>478.13400000000001</v>
+        <v>463.42200000000003</v>
       </c>
       <c r="AJ18" s="15">
-        <v>87.383878720312893</v>
+        <v>96.923038311435704</v>
       </c>
       <c r="AK18" s="14">
-        <v>12799.593999999999</v>
+        <v>12158.611000000001</v>
       </c>
       <c r="AL18" s="16">
-        <v>96.266819775877721</v>
+        <v>94.99216147012163</v>
       </c>
       <c r="AM18" s="17">
-        <v>50332.218999999997</v>
+        <v>52564.47</v>
       </c>
       <c r="AN18" s="15">
-        <v>102.99911060004231</v>
-[...1 lines deleted...]
-      <c r="BY18" s="33"/>
+        <v>104.43503394912908</v>
+      </c>
+      <c r="BY18" s="32"/>
     </row>
     <row r="19" spans="1:77" ht="24.95" customHeight="1">
-      <c r="A19" s="65"/>
-      <c r="B19" s="35" t="s">
+      <c r="A19" s="64"/>
+      <c r="B19" s="34" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="8">
-        <v>14775.387000000001</v>
+        <v>14976.285</v>
       </c>
       <c r="D19" s="9">
-        <v>119.98284472969974</v>
+        <v>101.35968012208411</v>
       </c>
       <c r="E19" s="8">
-        <v>515.03300000000002</v>
+        <v>445.65800000000002</v>
       </c>
       <c r="F19" s="20">
-        <v>127.55666620435497</v>
+        <v>86.529989340488868</v>
       </c>
       <c r="G19" s="8">
-        <v>1125.0730000000001</v>
+        <v>1006.0549999999999</v>
       </c>
       <c r="H19" s="10">
-        <v>150.58295243895094</v>
+        <v>89.421308661749052</v>
       </c>
       <c r="I19" s="11">
-        <v>16415.492999999999</v>
+        <v>16427.998</v>
       </c>
       <c r="J19" s="12">
-        <v>121.9078227790495</v>
+        <v>100.07617803498195</v>
       </c>
       <c r="K19" s="11">
-        <v>101.363</v>
+        <v>101.459</v>
       </c>
       <c r="L19" s="9">
-        <v>175.6968037162865</v>
+        <v>100.09470911476575</v>
       </c>
       <c r="M19" s="8">
-        <v>8996.643</v>
+        <v>11791.986000000001</v>
       </c>
       <c r="N19" s="9">
-        <v>139.16056722594513</v>
+        <v>131.07095613330441</v>
       </c>
       <c r="O19" s="8">
-        <v>993.67899999999997</v>
+        <v>926.61300000000006</v>
       </c>
       <c r="P19" s="10">
-        <v>118.2476792048904</v>
+        <v>93.250737914356648</v>
       </c>
       <c r="Q19" s="11">
-        <v>10091.684999999999</v>
+        <v>12820.058000000001</v>
       </c>
       <c r="R19" s="12">
-        <v>137.06005161506926</v>
+        <v>127.03585179283736</v>
       </c>
       <c r="S19" s="11">
-        <v>1066.3219999999999</v>
+        <v>947.88300000000004</v>
       </c>
       <c r="T19" s="9">
-        <v>118.44139976341089</v>
+        <v>88.892754721369343</v>
       </c>
       <c r="U19" s="8">
-        <v>2535.2199999999998</v>
+        <v>2682.01</v>
       </c>
       <c r="V19" s="9">
-        <v>101.9608978697853</v>
+        <v>105.79003005656314</v>
       </c>
       <c r="W19" s="8">
-        <v>358.86</v>
+        <v>381.88</v>
       </c>
       <c r="X19" s="9">
-        <v>130.59997525274949</v>
+        <v>106.41475784428467</v>
       </c>
       <c r="Y19" s="8">
-        <v>3525.3969999999999</v>
+        <v>4109.616</v>
       </c>
       <c r="Z19" s="9">
-        <v>91.627394779412072</v>
+        <v>116.57172227695207</v>
       </c>
       <c r="AA19" s="8">
-        <v>251.28899999999999</v>
+        <v>419.83199999999999</v>
       </c>
       <c r="AB19" s="9">
-        <v>48.6589637684948</v>
+        <v>167.07137996490098</v>
       </c>
       <c r="AC19" s="8">
-        <v>1634.046</v>
+        <v>1971.653</v>
       </c>
       <c r="AD19" s="9">
-        <v>145.29321907004288</v>
+        <v>120.66080147070524</v>
       </c>
       <c r="AE19" s="8">
-        <v>2479.393</v>
+        <v>2470.7310000000002</v>
       </c>
       <c r="AF19" s="9">
-        <v>139.69363545345908</v>
+        <v>99.65064029784709</v>
       </c>
       <c r="AG19" s="8">
-        <v>52.875</v>
+        <v>64.394000000000005</v>
       </c>
       <c r="AH19" s="9">
-        <v>96.564760026298487</v>
+        <v>121.78534278959812</v>
       </c>
       <c r="AI19" s="8">
-        <v>462.06599999999997</v>
+        <v>454.846</v>
       </c>
       <c r="AJ19" s="9">
-        <v>90.670690666766092</v>
+        <v>98.437452658278261</v>
       </c>
       <c r="AK19" s="8">
-        <v>12444.049000000001</v>
+        <v>12270.504999999999</v>
       </c>
       <c r="AL19" s="10">
-        <v>116.7532023033053</v>
+        <v>98.605405684275269</v>
       </c>
       <c r="AM19" s="11">
-        <v>51316.695</v>
+        <v>55021.406000000003</v>
       </c>
       <c r="AN19" s="9">
-        <v>119.4070110716648</v>
-[...1 lines deleted...]
-      <c r="BY19" s="33"/>
+        <v>107.219309427468</v>
+      </c>
+      <c r="BY19" s="32"/>
     </row>
     <row r="20" spans="1:77" ht="24.95" customHeight="1">
       <c r="A20" s="22" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B20" s="27"/>
       <c r="C20" s="1">
-        <v>185366.133</v>
+        <v>208541.86300000001</v>
       </c>
       <c r="D20" s="2">
-        <v>104.45430405001738</v>
+        <v>112.50267760616228</v>
       </c>
       <c r="E20" s="1">
-        <v>4944.6229999999996</v>
+        <v>5606.7079999999996</v>
       </c>
       <c r="F20" s="7">
-        <v>92.378241985553146</v>
+        <v>113.38999960158742</v>
       </c>
       <c r="G20" s="1">
-        <v>14096.200999999999</v>
+        <v>13652.607</v>
       </c>
       <c r="H20" s="3">
-        <v>122.80616269755014</v>
+        <v>96.853095383642724</v>
       </c>
       <c r="I20" s="4">
-        <v>204406.95699999999</v>
+        <v>227801.17800000001</v>
       </c>
       <c r="J20" s="5">
-        <v>105.20581089562513</v>
+        <v>111.44492405901821</v>
       </c>
       <c r="K20" s="4">
-        <v>1247.673</v>
+        <v>1135.9780000000001</v>
       </c>
       <c r="L20" s="2">
-        <v>110.80754399271035</v>
+        <v>91.047734462475347</v>
       </c>
       <c r="M20" s="1">
-        <v>88104.58</v>
+        <v>118900.428</v>
       </c>
       <c r="N20" s="2">
-        <v>113.13537281708395</v>
+        <v>134.95374247286577</v>
       </c>
       <c r="O20" s="1">
-        <v>14016.392</v>
+        <v>14530.6</v>
       </c>
       <c r="P20" s="3">
-        <v>90.25696952540882</v>
+        <v>103.668618857121</v>
       </c>
       <c r="Q20" s="4">
-        <v>103368.645</v>
+        <v>134567.00599999999</v>
       </c>
       <c r="R20" s="5">
-        <v>109.34920218360217</v>
+        <v>130.18164840992159</v>
       </c>
       <c r="S20" s="4">
-        <v>12740.339</v>
+        <v>12203.448</v>
       </c>
       <c r="T20" s="2">
-        <v>110.06080135953435</v>
+        <v>95.785897062864649</v>
       </c>
       <c r="U20" s="1">
-        <v>26017.1</v>
+        <v>27661.633999999998</v>
       </c>
       <c r="V20" s="2">
-        <v>106.1241738207513</v>
+        <v>106.32097351357376</v>
       </c>
       <c r="W20" s="1">
-        <v>4351.9660000000003</v>
+        <v>5100.9889999999996</v>
       </c>
       <c r="X20" s="2">
-        <v>103.02793707671097</v>
+        <v>117.21114089586177</v>
       </c>
       <c r="Y20" s="1">
-        <v>45703.161</v>
+        <v>48463.116000000002</v>
       </c>
       <c r="Z20" s="2">
-        <v>99.223033175108512</v>
+        <v>106.03887114066355</v>
       </c>
       <c r="AA20" s="1">
-        <v>3967.5</v>
+        <v>4092.127</v>
       </c>
       <c r="AB20" s="2">
-        <v>111.26641512651139</v>
+        <v>103.14119722747321</v>
       </c>
       <c r="AC20" s="1">
-        <v>19614.649000000001</v>
+        <v>21135.968000000001</v>
       </c>
       <c r="AD20" s="2">
-        <v>135.44146352040033</v>
+        <v>107.7560347880811</v>
       </c>
       <c r="AE20" s="1">
-        <v>26478.056</v>
+        <v>26449.811000000002</v>
       </c>
       <c r="AF20" s="2">
-        <v>98.958674992562607</v>
+        <v>99.89332676084679</v>
       </c>
       <c r="AG20" s="1">
-        <v>573.79499999999996</v>
+        <v>630.76300000000003</v>
       </c>
       <c r="AH20" s="2">
-        <v>88.883845863100959</v>
+        <v>109.92828449184813</v>
       </c>
       <c r="AI20" s="1">
-        <v>5414.3649999999998</v>
+        <v>5224.9660000000003</v>
       </c>
       <c r="AJ20" s="2">
-        <v>98.774036694251848</v>
+        <v>96.501916660587156</v>
       </c>
       <c r="AK20" s="1">
-        <v>147831.639</v>
+        <v>147004.57999999999</v>
       </c>
       <c r="AL20" s="3">
-        <v>106.88077466453849</v>
+        <v>99.440539923933329</v>
       </c>
       <c r="AM20" s="4">
-        <v>600468.17200000002</v>
+        <v>660335.58600000001</v>
       </c>
       <c r="AN20" s="2">
-        <v>106.38188457558908</v>
-[...1 lines deleted...]
-      <c r="BY20" s="33"/>
+        <v>109.97012277946349</v>
+      </c>
+      <c r="BY20" s="32"/>
     </row>
     <row r="21" spans="1:77" ht="24.95" customHeight="1">
-      <c r="A21" s="51" t="s">
-[...2 lines deleted...]
-      <c r="B21" s="35" t="s">
+      <c r="A21" s="50" t="s">
+        <v>67</v>
+      </c>
+      <c r="B21" s="34" t="s">
         <v>42</v>
       </c>
       <c r="C21" s="8">
-        <v>16997.642</v>
+        <v>19064.57</v>
       </c>
       <c r="D21" s="9">
-        <v>124.01945916366455</v>
+        <v>112.16008667555182</v>
       </c>
       <c r="E21" s="8">
-        <v>518.71600000000001</v>
+        <v>514.67899999999997</v>
       </c>
       <c r="F21" s="9">
-        <v>117.50623531783697</v>
+        <v>99.221732123165665</v>
       </c>
       <c r="G21" s="8">
-        <v>1075.7059999999999</v>
+        <v>1075.319</v>
       </c>
       <c r="H21" s="10">
-        <v>86.365877118188195</v>
+        <v>99.964023627273619</v>
       </c>
       <c r="I21" s="11">
-        <v>18592.063999999998</v>
+        <v>20654.567999999999</v>
       </c>
       <c r="J21" s="12">
-        <v>120.78585375918689</v>
+        <v>111.0934643942706</v>
       </c>
       <c r="K21" s="11">
-        <v>66.197999999999993</v>
+        <v>78.567999999999998</v>
       </c>
       <c r="L21" s="9">
-        <v>65.562048133108846</v>
+        <v>118.68636514698329</v>
       </c>
       <c r="M21" s="8">
-        <v>14792.312</v>
+        <v>15289.718000000001</v>
       </c>
       <c r="N21" s="9">
-        <v>150.90857451127138</v>
+        <v>103.36259808473483</v>
       </c>
       <c r="O21" s="8">
-        <v>1461.5250000000001</v>
+        <v>1203.203</v>
       </c>
       <c r="P21" s="10">
-        <v>119.55468991569556</v>
+        <v>82.325174047655707</v>
       </c>
       <c r="Q21" s="11">
-        <v>16320.035</v>
+        <v>16571.489000000001</v>
       </c>
       <c r="R21" s="12">
-        <v>146.6888742839495</v>
+        <v>101.54076875447878</v>
       </c>
       <c r="S21" s="11">
-        <v>1152.2080000000001</v>
+        <v>873.35199999999998</v>
       </c>
       <c r="T21" s="9">
-        <v>140.51556977802059</v>
+        <v>75.798119783927902</v>
       </c>
       <c r="U21" s="8">
-        <v>2546.634</v>
+        <v>2596.5210000000002</v>
       </c>
       <c r="V21" s="9">
-        <v>126.71390634959256</v>
+        <v>101.95893874031367</v>
       </c>
       <c r="W21" s="8">
-        <v>767.07</v>
+        <v>548.28</v>
       </c>
       <c r="X21" s="9">
-        <v>240.45629235813749</v>
+        <v>71.477179396925962</v>
       </c>
       <c r="Y21" s="8">
-        <v>4299.6949999999997</v>
+        <v>4472.7070000000003</v>
       </c>
       <c r="Z21" s="9">
-        <v>103.5585731506559</v>
+        <v>104.02382029423016</v>
       </c>
       <c r="AA21" s="8">
-        <v>398.72500000000002</v>
+        <v>406.31900000000002</v>
       </c>
       <c r="AB21" s="9">
-        <v>125.0544942463485</v>
+        <v>101.90457081948712</v>
       </c>
       <c r="AC21" s="8">
-        <v>2078.4650000000001</v>
+        <v>1794.0540000000001</v>
       </c>
       <c r="AD21" s="9">
-        <v>129.70974109412336</v>
+        <v>86.316295920306572</v>
       </c>
       <c r="AE21" s="8">
-        <v>3066.0360000000001</v>
+        <v>2891.9569999999999</v>
       </c>
       <c r="AF21" s="9">
-        <v>107.33394502928194</v>
+        <v>94.322343247111249</v>
       </c>
       <c r="AG21" s="8">
-        <v>71.129000000000005</v>
+        <v>34.444000000000003</v>
       </c>
       <c r="AH21" s="9">
-        <v>102.40134751875154</v>
+        <v>48.42469316312615</v>
       </c>
       <c r="AI21" s="8">
-        <v>627.60199999999998</v>
+        <v>560.11199999999997</v>
       </c>
       <c r="AJ21" s="9">
-        <v>120.87330491908102</v>
+        <v>89.24636951443749</v>
       </c>
       <c r="AK21" s="8">
-        <v>14632.754999999999</v>
+        <v>13558.208000000001</v>
       </c>
       <c r="AL21" s="10">
-        <v>114.85847555219217</v>
+        <v>92.656563989487978</v>
       </c>
       <c r="AM21" s="11">
-        <v>64552.417999999998</v>
+        <v>64962.010999999999</v>
       </c>
       <c r="AN21" s="9">
-        <v>124.31819273424263</v>
-[...1 lines deleted...]
-      <c r="BY21" s="33"/>
+        <v>100.63451225018403</v>
+      </c>
+      <c r="BY21" s="32"/>
     </row>
     <row r="22" spans="1:77" ht="24.95" customHeight="1">
-      <c r="A22" s="62"/>
-      <c r="B22" s="63" t="s">
+      <c r="A22" s="61"/>
+      <c r="B22" s="62" t="s">
         <v>3</v>
       </c>
-      <c r="C22" s="14">
-[...113 lines deleted...]
-      <c r="BY22" s="33"/>
+      <c r="C22" s="14"/>
+      <c r="D22" s="15"/>
+      <c r="E22" s="14"/>
+      <c r="F22" s="15"/>
+      <c r="G22" s="14"/>
+      <c r="H22" s="16"/>
+      <c r="I22" s="17"/>
+      <c r="J22" s="18"/>
+      <c r="K22" s="17"/>
+      <c r="L22" s="15"/>
+      <c r="M22" s="14"/>
+      <c r="N22" s="15"/>
+      <c r="O22" s="14"/>
+      <c r="P22" s="16"/>
+      <c r="Q22" s="17"/>
+      <c r="R22" s="18"/>
+      <c r="S22" s="17"/>
+      <c r="T22" s="15"/>
+      <c r="U22" s="14"/>
+      <c r="V22" s="15"/>
+      <c r="W22" s="14"/>
+      <c r="X22" s="15"/>
+      <c r="Y22" s="14"/>
+      <c r="Z22" s="15"/>
+      <c r="AA22" s="14"/>
+      <c r="AB22" s="15"/>
+      <c r="AC22" s="14"/>
+      <c r="AD22" s="15"/>
+      <c r="AE22" s="14"/>
+      <c r="AF22" s="15"/>
+      <c r="AG22" s="14"/>
+      <c r="AH22" s="15"/>
+      <c r="AI22" s="14"/>
+      <c r="AJ22" s="15"/>
+      <c r="AK22" s="14"/>
+      <c r="AL22" s="16"/>
+      <c r="AM22" s="17"/>
+      <c r="AN22" s="15"/>
+      <c r="BY22" s="32"/>
     </row>
     <row r="23" spans="1:77" ht="24.95" customHeight="1">
-      <c r="A23" s="62"/>
-      <c r="B23" s="63" t="s">
+      <c r="A23" s="61"/>
+      <c r="B23" s="62" t="s">
         <v>4</v>
       </c>
-      <c r="C23" s="14">
-[...113 lines deleted...]
-      <c r="BY23" s="33"/>
+      <c r="C23" s="14"/>
+      <c r="D23" s="15"/>
+      <c r="E23" s="14"/>
+      <c r="F23" s="15"/>
+      <c r="G23" s="14"/>
+      <c r="H23" s="16"/>
+      <c r="I23" s="17"/>
+      <c r="J23" s="18"/>
+      <c r="K23" s="17"/>
+      <c r="L23" s="15"/>
+      <c r="M23" s="14"/>
+      <c r="N23" s="15"/>
+      <c r="O23" s="14"/>
+      <c r="P23" s="16"/>
+      <c r="Q23" s="17"/>
+      <c r="R23" s="18"/>
+      <c r="S23" s="17"/>
+      <c r="T23" s="15"/>
+      <c r="U23" s="14"/>
+      <c r="V23" s="15"/>
+      <c r="W23" s="14"/>
+      <c r="X23" s="15"/>
+      <c r="Y23" s="14"/>
+      <c r="Z23" s="15"/>
+      <c r="AA23" s="14"/>
+      <c r="AB23" s="15"/>
+      <c r="AC23" s="14"/>
+      <c r="AD23" s="15"/>
+      <c r="AE23" s="14"/>
+      <c r="AF23" s="15"/>
+      <c r="AG23" s="14"/>
+      <c r="AH23" s="15"/>
+      <c r="AI23" s="14"/>
+      <c r="AJ23" s="15"/>
+      <c r="AK23" s="14"/>
+      <c r="AL23" s="16"/>
+      <c r="AM23" s="17"/>
+      <c r="AN23" s="15"/>
+      <c r="BY23" s="32"/>
     </row>
     <row r="24" spans="1:77" ht="24.95" customHeight="1">
-      <c r="A24" s="62"/>
-      <c r="B24" s="63" t="s">
+      <c r="A24" s="61"/>
+      <c r="B24" s="62" t="s">
         <v>5</v>
       </c>
-      <c r="C24" s="14">
-[...113 lines deleted...]
-      <c r="BY24" s="33"/>
+      <c r="C24" s="14"/>
+      <c r="D24" s="15"/>
+      <c r="E24" s="14"/>
+      <c r="F24" s="15"/>
+      <c r="G24" s="14"/>
+      <c r="H24" s="16"/>
+      <c r="I24" s="17"/>
+      <c r="J24" s="18"/>
+      <c r="K24" s="17"/>
+      <c r="L24" s="15"/>
+      <c r="M24" s="14"/>
+      <c r="N24" s="15"/>
+      <c r="O24" s="14"/>
+      <c r="P24" s="16"/>
+      <c r="Q24" s="17"/>
+      <c r="R24" s="18"/>
+      <c r="S24" s="17"/>
+      <c r="T24" s="15"/>
+      <c r="U24" s="14"/>
+      <c r="V24" s="15"/>
+      <c r="W24" s="14"/>
+      <c r="X24" s="15"/>
+      <c r="Y24" s="14"/>
+      <c r="Z24" s="15"/>
+      <c r="AA24" s="14"/>
+      <c r="AB24" s="15"/>
+      <c r="AC24" s="14"/>
+      <c r="AD24" s="15"/>
+      <c r="AE24" s="14"/>
+      <c r="AF24" s="15"/>
+      <c r="AG24" s="14"/>
+      <c r="AH24" s="15"/>
+      <c r="AI24" s="14"/>
+      <c r="AJ24" s="15"/>
+      <c r="AK24" s="14"/>
+      <c r="AL24" s="16"/>
+      <c r="AM24" s="17"/>
+      <c r="AN24" s="15"/>
+      <c r="BY24" s="32"/>
     </row>
     <row r="25" spans="1:77" ht="24.95" customHeight="1">
-      <c r="A25" s="62"/>
-      <c r="B25" s="63" t="s">
+      <c r="A25" s="61"/>
+      <c r="B25" s="62" t="s">
         <v>6</v>
       </c>
-      <c r="C25" s="14">
-[...113 lines deleted...]
-      <c r="BY25" s="33"/>
+      <c r="C25" s="14"/>
+      <c r="D25" s="15"/>
+      <c r="E25" s="14"/>
+      <c r="F25" s="15"/>
+      <c r="G25" s="14"/>
+      <c r="H25" s="16"/>
+      <c r="I25" s="17"/>
+      <c r="J25" s="18"/>
+      <c r="K25" s="17"/>
+      <c r="L25" s="15"/>
+      <c r="M25" s="14"/>
+      <c r="N25" s="15"/>
+      <c r="O25" s="14"/>
+      <c r="P25" s="16"/>
+      <c r="Q25" s="17"/>
+      <c r="R25" s="18"/>
+      <c r="S25" s="17"/>
+      <c r="T25" s="15"/>
+      <c r="U25" s="14"/>
+      <c r="V25" s="15"/>
+      <c r="W25" s="14"/>
+      <c r="X25" s="15"/>
+      <c r="Y25" s="14"/>
+      <c r="Z25" s="15"/>
+      <c r="AA25" s="14"/>
+      <c r="AB25" s="15"/>
+      <c r="AC25" s="14"/>
+      <c r="AD25" s="15"/>
+      <c r="AE25" s="14"/>
+      <c r="AF25" s="15"/>
+      <c r="AG25" s="14"/>
+      <c r="AH25" s="15"/>
+      <c r="AI25" s="14"/>
+      <c r="AJ25" s="15"/>
+      <c r="AK25" s="14"/>
+      <c r="AL25" s="16"/>
+      <c r="AM25" s="17"/>
+      <c r="AN25" s="15"/>
+      <c r="BY25" s="32"/>
     </row>
     <row r="26" spans="1:77" ht="24.95" customHeight="1">
-      <c r="A26" s="62"/>
-      <c r="B26" s="63" t="s">
+      <c r="A26" s="61"/>
+      <c r="B26" s="62" t="s">
         <v>7</v>
       </c>
-      <c r="C26" s="14">
-[...113 lines deleted...]
-      <c r="BY26" s="33"/>
+      <c r="C26" s="14"/>
+      <c r="D26" s="15"/>
+      <c r="E26" s="14"/>
+      <c r="F26" s="15"/>
+      <c r="G26" s="14"/>
+      <c r="H26" s="16"/>
+      <c r="I26" s="17"/>
+      <c r="J26" s="18"/>
+      <c r="K26" s="17"/>
+      <c r="L26" s="15"/>
+      <c r="M26" s="14"/>
+      <c r="N26" s="15"/>
+      <c r="O26" s="14"/>
+      <c r="P26" s="16"/>
+      <c r="Q26" s="17"/>
+      <c r="R26" s="18"/>
+      <c r="S26" s="17"/>
+      <c r="T26" s="15"/>
+      <c r="U26" s="14"/>
+      <c r="V26" s="15"/>
+      <c r="W26" s="14"/>
+      <c r="X26" s="15"/>
+      <c r="Y26" s="14"/>
+      <c r="Z26" s="15"/>
+      <c r="AA26" s="14"/>
+      <c r="AB26" s="15"/>
+      <c r="AC26" s="14"/>
+      <c r="AD26" s="15"/>
+      <c r="AE26" s="14"/>
+      <c r="AF26" s="15"/>
+      <c r="AG26" s="14"/>
+      <c r="AH26" s="15"/>
+      <c r="AI26" s="14"/>
+      <c r="AJ26" s="15"/>
+      <c r="AK26" s="14"/>
+      <c r="AL26" s="16"/>
+      <c r="AM26" s="17"/>
+      <c r="AN26" s="15"/>
+      <c r="BY26" s="32"/>
     </row>
     <row r="27" spans="1:77" ht="24.95" customHeight="1">
-      <c r="A27" s="62"/>
-      <c r="B27" s="63" t="s">
+      <c r="A27" s="61"/>
+      <c r="B27" s="62" t="s">
         <v>8</v>
       </c>
-      <c r="C27" s="14">
-[...113 lines deleted...]
-      <c r="BY27" s="33"/>
+      <c r="C27" s="14"/>
+      <c r="D27" s="15"/>
+      <c r="E27" s="14"/>
+      <c r="F27" s="15"/>
+      <c r="G27" s="14"/>
+      <c r="H27" s="16"/>
+      <c r="I27" s="17"/>
+      <c r="J27" s="18"/>
+      <c r="K27" s="17"/>
+      <c r="L27" s="15"/>
+      <c r="M27" s="14"/>
+      <c r="N27" s="15"/>
+      <c r="O27" s="14"/>
+      <c r="P27" s="16"/>
+      <c r="Q27" s="17"/>
+      <c r="R27" s="18"/>
+      <c r="S27" s="17"/>
+      <c r="T27" s="15"/>
+      <c r="U27" s="14"/>
+      <c r="V27" s="15"/>
+      <c r="W27" s="14"/>
+      <c r="X27" s="15"/>
+      <c r="Y27" s="14"/>
+      <c r="Z27" s="15"/>
+      <c r="AA27" s="14"/>
+      <c r="AB27" s="15"/>
+      <c r="AC27" s="14"/>
+      <c r="AD27" s="15"/>
+      <c r="AE27" s="14"/>
+      <c r="AF27" s="15"/>
+      <c r="AG27" s="14"/>
+      <c r="AH27" s="15"/>
+      <c r="AI27" s="14"/>
+      <c r="AJ27" s="15"/>
+      <c r="AK27" s="14"/>
+      <c r="AL27" s="16"/>
+      <c r="AM27" s="17"/>
+      <c r="AN27" s="15"/>
+      <c r="BY27" s="32"/>
     </row>
     <row r="28" spans="1:77" ht="24.95" customHeight="1">
-      <c r="A28" s="62"/>
-      <c r="B28" s="63" t="s">
+      <c r="A28" s="61"/>
+      <c r="B28" s="62" t="s">
         <v>9</v>
       </c>
-      <c r="C28" s="14">
-[...113 lines deleted...]
-      <c r="BY28" s="33"/>
+      <c r="C28" s="14"/>
+      <c r="D28" s="15"/>
+      <c r="E28" s="14"/>
+      <c r="F28" s="15"/>
+      <c r="G28" s="14"/>
+      <c r="H28" s="16"/>
+      <c r="I28" s="17"/>
+      <c r="J28" s="18"/>
+      <c r="K28" s="17"/>
+      <c r="L28" s="15"/>
+      <c r="M28" s="14"/>
+      <c r="N28" s="15"/>
+      <c r="O28" s="14"/>
+      <c r="P28" s="16"/>
+      <c r="Q28" s="17"/>
+      <c r="R28" s="18"/>
+      <c r="S28" s="17"/>
+      <c r="T28" s="15"/>
+      <c r="U28" s="14"/>
+      <c r="V28" s="15"/>
+      <c r="W28" s="14"/>
+      <c r="X28" s="15"/>
+      <c r="Y28" s="14"/>
+      <c r="Z28" s="15"/>
+      <c r="AA28" s="14"/>
+      <c r="AB28" s="15"/>
+      <c r="AC28" s="14"/>
+      <c r="AD28" s="15"/>
+      <c r="AE28" s="14"/>
+      <c r="AF28" s="15"/>
+      <c r="AG28" s="14"/>
+      <c r="AH28" s="15"/>
+      <c r="AI28" s="14"/>
+      <c r="AJ28" s="15"/>
+      <c r="AK28" s="14"/>
+      <c r="AL28" s="16"/>
+      <c r="AM28" s="17"/>
+      <c r="AN28" s="15"/>
+      <c r="BY28" s="32"/>
     </row>
     <row r="29" spans="1:77" ht="24.95" customHeight="1">
-      <c r="A29" s="62"/>
-      <c r="B29" s="63" t="s">
+      <c r="A29" s="61"/>
+      <c r="B29" s="62" t="s">
         <v>10</v>
       </c>
-      <c r="C29" s="14">
-[...113 lines deleted...]
-      <c r="BY29" s="33"/>
+      <c r="C29" s="14"/>
+      <c r="D29" s="15"/>
+      <c r="E29" s="14"/>
+      <c r="F29" s="15"/>
+      <c r="G29" s="14"/>
+      <c r="H29" s="16"/>
+      <c r="I29" s="17"/>
+      <c r="J29" s="18"/>
+      <c r="K29" s="17"/>
+      <c r="L29" s="15"/>
+      <c r="M29" s="14"/>
+      <c r="N29" s="15"/>
+      <c r="O29" s="14"/>
+      <c r="P29" s="16"/>
+      <c r="Q29" s="17"/>
+      <c r="R29" s="18"/>
+      <c r="S29" s="17"/>
+      <c r="T29" s="15"/>
+      <c r="U29" s="14"/>
+      <c r="V29" s="15"/>
+      <c r="W29" s="14"/>
+      <c r="X29" s="15"/>
+      <c r="Y29" s="14"/>
+      <c r="Z29" s="15"/>
+      <c r="AA29" s="14"/>
+      <c r="AB29" s="15"/>
+      <c r="AC29" s="14"/>
+      <c r="AD29" s="15"/>
+      <c r="AE29" s="14"/>
+      <c r="AF29" s="15"/>
+      <c r="AG29" s="14"/>
+      <c r="AH29" s="15"/>
+      <c r="AI29" s="14"/>
+      <c r="AJ29" s="15"/>
+      <c r="AK29" s="14"/>
+      <c r="AL29" s="16"/>
+      <c r="AM29" s="17"/>
+      <c r="AN29" s="15"/>
+      <c r="BY29" s="32"/>
     </row>
     <row r="30" spans="1:77" ht="24.95" customHeight="1">
-      <c r="A30" s="62"/>
-      <c r="B30" s="63" t="s">
+      <c r="A30" s="61"/>
+      <c r="B30" s="62" t="s">
         <v>11</v>
       </c>
-      <c r="C30" s="14">
-[...113 lines deleted...]
-      <c r="BY30" s="33"/>
+      <c r="C30" s="14"/>
+      <c r="D30" s="15"/>
+      <c r="E30" s="14"/>
+      <c r="F30" s="15"/>
+      <c r="G30" s="14"/>
+      <c r="H30" s="16"/>
+      <c r="I30" s="17"/>
+      <c r="J30" s="18"/>
+      <c r="K30" s="17"/>
+      <c r="L30" s="15"/>
+      <c r="M30" s="14"/>
+      <c r="N30" s="15"/>
+      <c r="O30" s="14"/>
+      <c r="P30" s="16"/>
+      <c r="Q30" s="17"/>
+      <c r="R30" s="18"/>
+      <c r="S30" s="17"/>
+      <c r="T30" s="15"/>
+      <c r="U30" s="14"/>
+      <c r="V30" s="15"/>
+      <c r="W30" s="14"/>
+      <c r="X30" s="15"/>
+      <c r="Y30" s="14"/>
+      <c r="Z30" s="15"/>
+      <c r="AA30" s="14"/>
+      <c r="AB30" s="15"/>
+      <c r="AC30" s="14"/>
+      <c r="AD30" s="15"/>
+      <c r="AE30" s="14"/>
+      <c r="AF30" s="15"/>
+      <c r="AG30" s="14"/>
+      <c r="AH30" s="15"/>
+      <c r="AI30" s="14"/>
+      <c r="AJ30" s="15"/>
+      <c r="AK30" s="14"/>
+      <c r="AL30" s="16"/>
+      <c r="AM30" s="17"/>
+      <c r="AN30" s="15"/>
+      <c r="BY30" s="32"/>
     </row>
     <row r="31" spans="1:77" ht="24.95" customHeight="1">
-      <c r="A31" s="62"/>
-      <c r="B31" s="63" t="s">
+      <c r="A31" s="61"/>
+      <c r="B31" s="62" t="s">
         <v>12</v>
       </c>
       <c r="C31" s="14"/>
       <c r="D31" s="15"/>
       <c r="E31" s="14"/>
       <c r="F31" s="15"/>
       <c r="G31" s="14"/>
       <c r="H31" s="16"/>
       <c r="I31" s="17"/>
       <c r="J31" s="18"/>
       <c r="K31" s="17"/>
       <c r="L31" s="15"/>
       <c r="M31" s="14"/>
       <c r="N31" s="15"/>
       <c r="O31" s="14"/>
       <c r="P31" s="16"/>
       <c r="Q31" s="17"/>
       <c r="R31" s="18"/>
       <c r="S31" s="17"/>
       <c r="T31" s="15"/>
       <c r="U31" s="14"/>
       <c r="V31" s="15"/>
       <c r="W31" s="14"/>
       <c r="X31" s="15"/>
       <c r="Y31" s="14"/>
       <c r="Z31" s="15"/>
       <c r="AA31" s="14"/>
       <c r="AB31" s="15"/>
       <c r="AC31" s="14"/>
       <c r="AD31" s="15"/>
       <c r="AE31" s="14"/>
       <c r="AF31" s="15"/>
       <c r="AG31" s="14"/>
       <c r="AH31" s="15"/>
       <c r="AI31" s="14"/>
       <c r="AJ31" s="15"/>
       <c r="AK31" s="14"/>
       <c r="AL31" s="16"/>
       <c r="AM31" s="17"/>
       <c r="AN31" s="15"/>
-      <c r="BY31" s="33"/>
+      <c r="BY31" s="32"/>
     </row>
     <row r="32" spans="1:77" ht="24.75" customHeight="1">
-      <c r="A32" s="65"/>
-      <c r="B32" s="69" t="s">
+      <c r="A32" s="64"/>
+      <c r="B32" s="68" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="8"/>
       <c r="D32" s="9"/>
       <c r="E32" s="8"/>
       <c r="F32" s="9"/>
       <c r="G32" s="8"/>
       <c r="H32" s="10"/>
       <c r="I32" s="11"/>
       <c r="J32" s="12"/>
       <c r="K32" s="11"/>
       <c r="L32" s="9"/>
       <c r="M32" s="8"/>
       <c r="N32" s="9"/>
       <c r="O32" s="8"/>
       <c r="P32" s="10"/>
       <c r="Q32" s="11"/>
       <c r="R32" s="12"/>
       <c r="S32" s="11"/>
       <c r="T32" s="9"/>
       <c r="U32" s="8"/>
       <c r="V32" s="9"/>
       <c r="W32" s="8"/>
       <c r="X32" s="9"/>
       <c r="Y32" s="8"/>
       <c r="Z32" s="9"/>
       <c r="AA32" s="8"/>
       <c r="AB32" s="9"/>
       <c r="AC32" s="8"/>
       <c r="AD32" s="9"/>
       <c r="AE32" s="8"/>
       <c r="AF32" s="9"/>
       <c r="AG32" s="8"/>
       <c r="AH32" s="9"/>
       <c r="AI32" s="8"/>
       <c r="AJ32" s="9"/>
       <c r="AK32" s="8"/>
       <c r="AL32" s="10"/>
       <c r="AM32" s="11"/>
       <c r="AN32" s="9"/>
-      <c r="BY32" s="33"/>
+      <c r="BY32" s="32"/>
     </row>
-    <row r="33" spans="1:77" ht="24.95" customHeight="1">
+    <row r="33" spans="1:77" ht="24.75" customHeight="1">
       <c r="A33" s="22"/>
-      <c r="B33" s="30" t="s">
-        <v>67</v>
+      <c r="B33" s="29" t="s">
+        <v>68</v>
       </c>
       <c r="C33" s="1">
-        <v>176178.505</v>
+        <v>19064.57</v>
       </c>
       <c r="D33" s="2">
-        <v>114.08579787157403</v>
+        <v>112.16008667555182</v>
       </c>
       <c r="E33" s="1">
-        <v>4733.0659999999998</v>
+        <v>514.67899999999997</v>
       </c>
       <c r="F33" s="2">
-        <v>117.67095800426075</v>
+        <v>99.221732123165665</v>
       </c>
       <c r="G33" s="1">
-        <v>11537.076999999999</v>
+        <v>1075.319</v>
       </c>
       <c r="H33" s="3">
-        <v>98.62568668648457</v>
+        <v>99.964023627273619</v>
       </c>
       <c r="I33" s="4">
-        <v>192448.64799999999</v>
+        <v>20654.567999999999</v>
       </c>
       <c r="J33" s="5">
-        <v>113.10764415804229</v>
+        <v>111.0934643942706</v>
       </c>
       <c r="K33" s="4">
-        <v>985.03399999999999</v>
+        <v>78.567999999999998</v>
       </c>
       <c r="L33" s="2">
-        <v>89.782796933818233</v>
+        <v>118.68636514698329</v>
       </c>
       <c r="M33" s="1">
-        <v>98420.851999999999</v>
+        <v>15289.718000000001</v>
       </c>
       <c r="N33" s="2">
-        <v>135.98075616776609</v>
+        <v>103.36259808473483</v>
       </c>
       <c r="O33" s="1">
-        <v>12858.48</v>
+        <v>1203.203</v>
       </c>
       <c r="P33" s="3">
-        <v>106.35484086285312</v>
+        <v>82.325174047655707</v>
       </c>
       <c r="Q33" s="4">
-        <v>112264.36599999999</v>
+        <v>16571.489000000001</v>
       </c>
       <c r="R33" s="5">
-        <v>131.20235845591324</v>
+        <v>101.54076875447878</v>
       </c>
       <c r="S33" s="4">
-        <v>10454.632</v>
+        <v>873.35199999999998</v>
       </c>
       <c r="T33" s="2">
-        <v>98.899850609142362</v>
+        <v>75.798119783927902</v>
       </c>
       <c r="U33" s="1">
-        <v>22655.082999999999</v>
+        <v>2596.5210000000002</v>
       </c>
       <c r="V33" s="2">
-        <v>106.39254106253333</v>
+        <v>101.95893874031367</v>
       </c>
       <c r="W33" s="1">
-        <v>4353.2169999999996</v>
+        <v>548.28</v>
       </c>
       <c r="X33" s="2">
-        <v>121.1867806372498</v>
+        <v>71.477179396925962</v>
       </c>
       <c r="Y33" s="1">
-        <v>40395.396000000001</v>
+        <v>4472.7070000000003</v>
       </c>
       <c r="Z33" s="2">
-        <v>105.03421086330931</v>
+        <v>104.02382029423016</v>
       </c>
       <c r="AA33" s="1">
-        <v>3363.8510000000001</v>
+        <v>406.31900000000002</v>
       </c>
       <c r="AB33" s="2">
-        <v>101.58294007458402</v>
+        <v>101.90457081948712</v>
       </c>
       <c r="AC33" s="1">
-        <v>17399.387999999999</v>
+        <v>1794.0540000000001</v>
       </c>
       <c r="AD33" s="2">
-        <v>109.60144991440708</v>
+        <v>86.316295920306572</v>
       </c>
       <c r="AE33" s="1">
-        <v>22002.038</v>
+        <v>2891.9569999999999</v>
       </c>
       <c r="AF33" s="2">
-        <v>97.972547963139007</v>
+        <v>94.322343247111249</v>
       </c>
       <c r="AG33" s="1">
-        <v>519.28</v>
+        <v>34.444000000000003</v>
       </c>
       <c r="AH33" s="2">
-        <v>107.1391728116399</v>
+        <v>48.42469316312615</v>
       </c>
       <c r="AI33" s="1">
-        <v>4306.6980000000003</v>
+        <v>560.11199999999997</v>
       </c>
       <c r="AJ33" s="2">
-        <v>96.257022260019468</v>
+        <v>89.24636951443749</v>
       </c>
       <c r="AK33" s="1">
-        <v>122574.215</v>
+        <v>13558.208000000001</v>
       </c>
       <c r="AL33" s="3">
-        <v>99.988758279399562</v>
+        <v>92.656563989487978</v>
       </c>
       <c r="AM33" s="4">
-        <v>552736.81200000003</v>
+        <v>64962.010999999999</v>
       </c>
       <c r="AN33" s="2">
-        <v>110.80903616596134</v>
-[...1 lines deleted...]
-      <c r="BY33" s="33"/>
+        <v>100.63451225018403</v>
+      </c>
+      <c r="BY33" s="32"/>
     </row>
     <row r="34" spans="1:77" ht="18" customHeight="1">
-      <c r="A34" s="31" t="s">
-[...2 lines deleted...]
-      <c r="B34" s="72"/>
+      <c r="A34" s="30" t="s">
+        <v>64</v>
+      </c>
+      <c r="B34" s="71"/>
     </row>
     <row r="35" spans="1:77" ht="18" customHeight="1">
-      <c r="A35" s="31" t="s">
+      <c r="A35" s="30" t="s">
         <v>43</v>
       </c>
-      <c r="BG35" s="73"/>
+      <c r="BG35" s="72"/>
     </row>
     <row r="36" spans="1:77" ht="17.25" customHeight="1">
-      <c r="A36" s="31" t="s">
+      <c r="A36" s="30" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="37" spans="1:77" ht="17.25" customHeight="1"/>
   </sheetData>
   <mergeCells count="20">
     <mergeCell ref="AG3:AH3"/>
     <mergeCell ref="AI3:AJ3"/>
     <mergeCell ref="AK3:AL3"/>
     <mergeCell ref="AM3:AN3"/>
     <mergeCell ref="U3:V3"/>
     <mergeCell ref="W3:X3"/>
     <mergeCell ref="Y3:Z3"/>
     <mergeCell ref="AA3:AB3"/>
     <mergeCell ref="AC3:AD3"/>
     <mergeCell ref="AE3:AF3"/>
     <mergeCell ref="A1:AN1"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:F3"/>
     <mergeCell ref="G3:H3"/>
     <mergeCell ref="I3:J3"/>
     <mergeCell ref="K3:L3"/>
     <mergeCell ref="M3:N3"/>
     <mergeCell ref="O3:P3"/>
     <mergeCell ref="Q3:R3"/>